--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,425 +12,297 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>INTE E10-1 2015</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers</t>
+    <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...151 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
-    <t>INTE E22-1 2016</t>
-[...20 lines deleted...]
-    <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
+  </si>
+  <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>IEC 60456 /2010</t>
+  </si>
+  <si>
+    <t>Emirates Authority For Standardization &amp; Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
+  </si>
+  <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
+  </si>
+  <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>UAE.S IEC 62552:2013</t>
-[...46 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
-    <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -694,1455 +566,534 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="203.95" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...3 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...24 lines deleted...]
-      <c r="I4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...3 lines deleted...]
-      <c r="L4" t="s">
+      <c r="F8" t="s">
+        <v>47</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>50</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="F5" t="s">
-[...573 lines deleted...]
-      <c r="N18" t="s">
+      <c r="O9" t="s">
         <v>67</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" t="s">
+      <c r="P9" t="s">
         <v>68</v>
-      </c>
-[...577 lines deleted...]
-        <v>111</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>