--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,221 +12,252 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -490,319 +521,352 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="108" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="704.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1996</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1996</v>
       </c>
-      <c r="H2">
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...22 lines deleted...]
-        <v>27</v>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...31 lines deleted...]
-      <c r="L4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
         <v>36</v>
       </c>
-      <c r="M4" t="s">
-[...7 lines deleted...]
-      <c r="A5" t="s">
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
         <v>38</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="F5" t="s">
         <v>39</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5">
         <v>2024</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="L5" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="N5" t="s">
-        <v>43</v>
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>