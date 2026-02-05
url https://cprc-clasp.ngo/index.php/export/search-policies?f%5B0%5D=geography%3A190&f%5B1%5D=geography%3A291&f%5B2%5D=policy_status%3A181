--- v0 (2025-10-14)
+++ v1 (2026-02-05)
@@ -12,593 +12,804 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
-    <t>August 2025</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...17 lines deleted...]
-    <t>Entered into force, Adopted</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+    <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
-    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
-[...5 lines deleted...]
-    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
+    <t>MS 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
+    <t>INTE E10-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E10-2 2015</t>
+  </si>
+  <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E11-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
+  </si>
+  <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
+    <t>INTE E11-2 2015</t>
+  </si>
+  <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E12-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>ISO 3951-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E12-2 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E13-1 2017</t>
+  </si>
+  <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E13-2 2018</t>
+  </si>
+  <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E14-1 2015</t>
+  </si>
+  <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
-[...148 lines deleted...]
-  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -862,1937 +1073,2002 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2">
-[...4 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2025</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
         <v>2025</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...25 lines deleted...]
-      <c r="G5">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2013</v>
       </c>
-      <c r="H5">
-[...5 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...28 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G7" t="s">
         <v>41</v>
-      </c>
-[...43 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H7">
         <v>2025</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>50</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2025</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="M7" t="s">
-[...19 lines deleted...]
-      <c r="E8" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8">
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2013</v>
       </c>
-      <c r="H8">
+      <c r="I10">
         <v>2024</v>
       </c>
-      <c r="I8" t="s">
-[...2 lines deleted...]
-      <c r="J8" t="s">
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>69</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...2 lines deleted...]
-      <c r="L8" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M8" t="s">
-[...19 lines deleted...]
-      <c r="E9" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9">
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>79</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>80</v>
+      </c>
+      <c r="P12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>81</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="H9">
+      <c r="I13">
         <v>2024</v>
       </c>
-      <c r="I9" t="s">
-[...2 lines deleted...]
-      <c r="J9" t="s">
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>84</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>86</v>
+      </c>
+      <c r="B14" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...40 lines deleted...]
-      <c r="J10" t="s">
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>89</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>90</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>91</v>
+      </c>
+      <c r="P14" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>78</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...31 lines deleted...]
-      <c r="G11">
+      <c r="G15" t="s">
+        <v>95</v>
+      </c>
+      <c r="H15">
         <v>2015</v>
       </c>
-      <c r="H11">
-[...81 lines deleted...]
-      <c r="F13" t="s">
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>89</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>96</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>102</v>
+      </c>
+      <c r="G16" t="s">
         <v>41</v>
       </c>
-      <c r="G13">
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>103</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>109</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>110</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>111</v>
+      </c>
+      <c r="P17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>108</v>
+      </c>
+      <c r="D18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>115</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2001</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>109</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>110</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>116</v>
+      </c>
+      <c r="P18" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>109</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>110</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>121</v>
+      </c>
+      <c r="P19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>115</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2001</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>109</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>110</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D21" t="s">
+        <v>129</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>109</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>130</v>
+      </c>
+      <c r="M21" t="s">
+        <v>110</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>131</v>
+      </c>
+      <c r="P21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>133</v>
+      </c>
+      <c r="B22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C22" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" t="s">
+        <v>129</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>115</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>109</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>110</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>135</v>
+      </c>
+      <c r="P22" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>137</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>108</v>
+      </c>
+      <c r="D23" t="s">
+        <v>139</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>102</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>109</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>110</v>
+      </c>
+      <c r="N23" t="s">
+        <v>140</v>
+      </c>
+      <c r="O23" t="s">
+        <v>141</v>
+      </c>
+      <c r="P23" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" t="s">
+        <v>139</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>115</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1996</v>
+      </c>
+      <c r="I24">
         <v>2018</v>
       </c>
-      <c r="H13"/>
-[...79 lines deleted...]
-      <c r="F15" t="s">
+      <c r="J24" t="s">
+        <v>109</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>110</v>
+      </c>
+      <c r="N24" t="s">
+        <v>140</v>
+      </c>
+      <c r="O24" t="s">
+        <v>145</v>
+      </c>
+      <c r="P24" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>147</v>
+      </c>
+      <c r="B25" t="s">
+        <v>148</v>
+      </c>
+      <c r="C25" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" t="s">
+        <v>149</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>102</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1996</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>150</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>151</v>
+      </c>
+      <c r="M25" t="s">
+        <v>110</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>108</v>
+      </c>
+      <c r="D26" t="s">
+        <v>149</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>115</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>150</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>151</v>
+      </c>
+      <c r="M26" t="s">
+        <v>110</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>156</v>
+      </c>
+      <c r="P26" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>158</v>
+      </c>
+      <c r="B27" t="s">
+        <v>159</v>
+      </c>
+      <c r="C27" t="s">
+        <v>108</v>
+      </c>
+      <c r="D27" t="s">
+        <v>160</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>102</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>109</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>161</v>
+      </c>
+      <c r="M27" t="s">
+        <v>110</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>162</v>
+      </c>
+      <c r="P27" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>108</v>
+      </c>
+      <c r="D28" t="s">
+        <v>160</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>115</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
+      <c r="J28" t="s">
+        <v>109</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>110</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>166</v>
+      </c>
+      <c r="P28" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>168</v>
+      </c>
+      <c r="B29" t="s">
+        <v>169</v>
+      </c>
+      <c r="C29" t="s">
+        <v>108</v>
+      </c>
+      <c r="D29" t="s">
+        <v>170</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>102</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29">
+        <v>2020</v>
+      </c>
+      <c r="J29" t="s">
+        <v>150</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>110</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>171</v>
+      </c>
+      <c r="P29" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>168</v>
+      </c>
+      <c r="B30" t="s">
+        <v>173</v>
+      </c>
+      <c r="C30" t="s">
+        <v>108</v>
+      </c>
+      <c r="D30" t="s">
+        <v>170</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>102</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30">
+        <v>2020</v>
+      </c>
+      <c r="J30" t="s">
+        <v>150</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>110</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>174</v>
+      </c>
+      <c r="P30" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>176</v>
+      </c>
+      <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>108</v>
+      </c>
+      <c r="D31" t="s">
+        <v>170</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>115</v>
+      </c>
+      <c r="G31" t="s">
         <v>41</v>
       </c>
-      <c r="G15">
-[...38 lines deleted...]
-      <c r="F16" t="s">
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>109</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>110</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>178</v>
+      </c>
+      <c r="P31" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>180</v>
+      </c>
+      <c r="B32" t="s">
+        <v>181</v>
+      </c>
+      <c r="C32" t="s">
+        <v>108</v>
+      </c>
+      <c r="D32" t="s">
+        <v>129</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>115</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>150</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>110</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>182</v>
+      </c>
+      <c r="P32" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>180</v>
+      </c>
+      <c r="B33" t="s">
+        <v>184</v>
+      </c>
+      <c r="C33" t="s">
+        <v>108</v>
+      </c>
+      <c r="D33" t="s">
+        <v>129</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>115</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>150</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>110</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>185</v>
+      </c>
+      <c r="P33" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>187</v>
+      </c>
+      <c r="B34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C34" t="s">
+        <v>108</v>
+      </c>
+      <c r="D34" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>102</v>
+      </c>
+      <c r="G34" t="s">
         <v>41</v>
       </c>
-      <c r="G16">
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>109</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>110</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>189</v>
+      </c>
+      <c r="P34" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C35" t="s">
+        <v>108</v>
+      </c>
+      <c r="D35" t="s">
+        <v>83</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>102</v>
+      </c>
+      <c r="G35" t="s">
+        <v>41</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>109</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>110</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>193</v>
+      </c>
+      <c r="P35" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
+        <v>196</v>
+      </c>
+      <c r="C36" t="s">
+        <v>108</v>
+      </c>
+      <c r="D36" t="s">
+        <v>83</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>115</v>
+      </c>
+      <c r="G36" t="s">
+        <v>41</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>109</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>110</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>197</v>
+      </c>
+      <c r="P36" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>199</v>
+      </c>
+      <c r="B37" t="s">
+        <v>200</v>
+      </c>
+      <c r="C37" t="s">
+        <v>108</v>
+      </c>
+      <c r="D37" t="s">
+        <v>201</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>102</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2000</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>109</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>110</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>202</v>
+      </c>
+      <c r="P37" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>205</v>
+      </c>
+      <c r="C38" t="s">
+        <v>108</v>
+      </c>
+      <c r="D38" t="s">
+        <v>201</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>115</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
         <v>2020</v>
       </c>
-      <c r="H16"/>
-[...82 lines deleted...]
-      <c r="G18">
+      <c r="J38" t="s">
+        <v>150</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>110</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>206</v>
+      </c>
+      <c r="P38" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
+        <v>108</v>
+      </c>
+      <c r="D39" t="s">
+        <v>201</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>115</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39">
         <v>2020</v>
       </c>
-      <c r="H18"/>
-[...274 lines deleted...]
-      <c r="A25" t="s">
+      <c r="J39" t="s">
+        <v>150</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
         <v>110</v>
       </c>
-      <c r="B25" t="s">
-[...622 lines deleted...]
-      </c>
       <c r="N39" t="s">
-        <v>146</v>
-[...165 lines deleted...]
-        <v>155</v>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>210</v>
+      </c>
+      <c r="P39" t="s">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>