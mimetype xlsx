--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,784 +12,1138 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Televisions</t>
   </si>
   <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1053,2809 +1407,3202 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N65"/>
+  <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="113" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2000</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2000</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>66</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>66</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>96</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>76</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>36</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>100</v>
+      </c>
+      <c r="P16" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>96</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>105</v>
+      </c>
+      <c r="P17" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>55</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>36</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>109</v>
+      </c>
+      <c r="P18" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>55</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>76</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>36</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>112</v>
+      </c>
+      <c r="P19" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>104</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>36</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>117</v>
+      </c>
+      <c r="P20" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>119</v>
+      </c>
+      <c r="B21" t="s">
+        <v>120</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>104</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>35</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>36</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>121</v>
+      </c>
+      <c r="P21" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>116</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>104</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>36</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>125</v>
+      </c>
+      <c r="P22" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>129</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>130</v>
+      </c>
+      <c r="P23" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>132</v>
+      </c>
+      <c r="B24" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>129</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>41</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>76</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>36</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>134</v>
+      </c>
+      <c r="P24" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>136</v>
+      </c>
+      <c r="B25" t="s">
+        <v>137</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
+        <v>129</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>41</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>76</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>36</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>138</v>
+      </c>
+      <c r="P25" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>140</v>
+      </c>
+      <c r="B26" t="s">
+        <v>141</v>
+      </c>
+      <c r="C26" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...10 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D26" t="s">
+        <v>75</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>41</v>
+      </c>
+      <c r="G26" t="s">
+        <v>142</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>143</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>144</v>
+      </c>
+      <c r="M26" t="s">
+        <v>145</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>146</v>
+      </c>
+      <c r="P26" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>148</v>
+      </c>
+      <c r="B27" t="s">
+        <v>149</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>150</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>41</v>
+      </c>
+      <c r="G27" t="s">
+        <v>8</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>143</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>151</v>
+      </c>
+      <c r="M27" t="s">
+        <v>145</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>152</v>
+      </c>
+      <c r="P27" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>153</v>
+      </c>
+      <c r="B28" t="s">
+        <v>154</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>155</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>41</v>
+      </c>
+      <c r="G28" t="s">
+        <v>104</v>
+      </c>
+      <c r="H28">
+        <v>2025</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>156</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>145</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>157</v>
+      </c>
+      <c r="P28" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>158</v>
+      </c>
+      <c r="B29" t="s">
+        <v>159</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>160</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>41</v>
+      </c>
+      <c r="G29" t="s">
+        <v>8</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>143</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>145</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>161</v>
+      </c>
+      <c r="P29" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>162</v>
+      </c>
+      <c r="B30" t="s">
+        <v>163</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>160</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>41</v>
+      </c>
+      <c r="G30" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>156</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>145</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>164</v>
+      </c>
+      <c r="P30" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>165</v>
+      </c>
+      <c r="B31" t="s">
+        <v>166</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>167</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>41</v>
+      </c>
+      <c r="G31" t="s">
+        <v>104</v>
+      </c>
+      <c r="H31">
+        <v>2024</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>156</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>145</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>168</v>
+      </c>
+      <c r="P31" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>169</v>
+      </c>
+      <c r="B32" t="s">
+        <v>170</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>41</v>
+      </c>
+      <c r="G32" t="s">
+        <v>142</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>143</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>171</v>
+      </c>
+      <c r="M32" t="s">
+        <v>145</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>172</v>
+      </c>
+      <c r="P32" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>173</v>
+      </c>
+      <c r="B33" t="s">
+        <v>174</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>75</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>41</v>
+      </c>
+      <c r="G33" t="s">
+        <v>8</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>143</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>175</v>
+      </c>
+      <c r="M33" t="s">
+        <v>145</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>176</v>
+      </c>
+      <c r="P33" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>177</v>
+      </c>
+      <c r="B34" t="s">
+        <v>178</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>179</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>41</v>
+      </c>
+      <c r="G34" t="s">
+        <v>142</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>143</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>180</v>
+      </c>
+      <c r="M34" t="s">
+        <v>145</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>181</v>
+      </c>
+      <c r="P34" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>182</v>
+      </c>
+      <c r="B35" t="s">
+        <v>183</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>184</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>41</v>
+      </c>
+      <c r="G35" t="s">
+        <v>142</v>
+      </c>
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>143</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>185</v>
+      </c>
+      <c r="M35" t="s">
+        <v>145</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>186</v>
+      </c>
+      <c r="P35" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>187</v>
+      </c>
+      <c r="B36" t="s">
+        <v>188</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>189</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>41</v>
+      </c>
+      <c r="G36" t="s">
+        <v>104</v>
+      </c>
+      <c r="H36">
+        <v>2025</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>156</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>145</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>190</v>
+      </c>
+      <c r="P36" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>191</v>
+      </c>
+      <c r="B37" t="s">
+        <v>192</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>75</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2022</v>
+      </c>
+      <c r="J37" t="s">
+        <v>143</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>193</v>
+      </c>
+      <c r="M37" t="s">
+        <v>145</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>194</v>
+      </c>
+      <c r="P37" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>196</v>
+      </c>
+      <c r="B38" t="s">
+        <v>197</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>150</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>8</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38">
+        <v>2022</v>
+      </c>
+      <c r="J38" t="s">
+        <v>143</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>198</v>
+      </c>
+      <c r="M38" t="s">
+        <v>145</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>199</v>
+      </c>
+      <c r="P38" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>201</v>
+      </c>
+      <c r="B39" t="s">
+        <v>202</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>155</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>104</v>
+      </c>
+      <c r="H39">
+        <v>2025</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>156</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>145</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>203</v>
+      </c>
+      <c r="P39" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>204</v>
+      </c>
+      <c r="B40" t="s">
+        <v>205</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>206</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>8</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40">
+        <v>2019</v>
+      </c>
+      <c r="J40" t="s">
+        <v>143</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>207</v>
+      </c>
+      <c r="M40" t="s">
+        <v>145</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>208</v>
+      </c>
+      <c r="P40" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>209</v>
+      </c>
+      <c r="B41" t="s">
+        <v>210</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>160</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>8</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41">
+        <v>2024</v>
+      </c>
+      <c r="J41" t="s">
+        <v>156</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>145</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>211</v>
+      </c>
+      <c r="P41" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>212</v>
+      </c>
+      <c r="B42" t="s">
+        <v>213</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>167</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>142</v>
+      </c>
+      <c r="H42">
+        <v>2024</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>156</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>145</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>214</v>
+      </c>
+      <c r="P42" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>215</v>
+      </c>
+      <c r="B43" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2011</v>
+      </c>
+      <c r="I43">
+        <v>2022</v>
+      </c>
+      <c r="J43" t="s">
+        <v>143</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>217</v>
+      </c>
+      <c r="M43" t="s">
+        <v>145</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>218</v>
+      </c>
+      <c r="P43" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>219</v>
+      </c>
+      <c r="B44" t="s">
+        <v>220</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44">
+        <v>2025</v>
+      </c>
+      <c r="J44" t="s">
+        <v>156</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>145</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>221</v>
+      </c>
+      <c r="P44" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>222</v>
+      </c>
+      <c r="B45" t="s">
+        <v>223</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>75</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>8</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45">
+        <v>2022</v>
+      </c>
+      <c r="J45" t="s">
+        <v>143</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>224</v>
+      </c>
+      <c r="M45" t="s">
+        <v>145</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>225</v>
+      </c>
+      <c r="P45" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>226</v>
+      </c>
+      <c r="B46" t="s">
+        <v>227</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>75</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46">
+        <v>2025</v>
+      </c>
+      <c r="J46" t="s">
+        <v>156</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>145</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>228</v>
+      </c>
+      <c r="P46" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>229</v>
+      </c>
+      <c r="B47" t="s">
+        <v>230</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>179</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>104</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>156</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>145</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>231</v>
+      </c>
+      <c r="P47" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>232</v>
+      </c>
+      <c r="B48" t="s">
+        <v>233</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>65</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>142</v>
+      </c>
+      <c r="H48">
+        <v>2018</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>143</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>234</v>
+      </c>
+      <c r="M48" t="s">
+        <v>145</v>
+      </c>
+      <c r="N48" t="s">
+        <v>66</v>
+      </c>
+      <c r="O48" t="s">
+        <v>235</v>
+      </c>
+      <c r="P48" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>236</v>
+      </c>
+      <c r="B49" t="s">
+        <v>237</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>184</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>142</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>143</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>238</v>
+      </c>
+      <c r="M49" t="s">
+        <v>145</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>239</v>
+      </c>
+      <c r="P49" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>240</v>
+      </c>
+      <c r="B50" t="s">
+        <v>241</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>189</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>104</v>
+      </c>
+      <c r="H50">
+        <v>2025</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>156</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>145</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>242</v>
+      </c>
+      <c r="P50" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>243</v>
+      </c>
+      <c r="B51" t="s">
+        <v>244</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>245</v>
+      </c>
+      <c r="E51" t="s">
+        <v>246</v>
+      </c>
+      <c r="F51" t="s">
+        <v>247</v>
+      </c>
+      <c r="G51" t="s">
+        <v>104</v>
+      </c>
+      <c r="H51">
+        <v>2012</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>248</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>249</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>250</v>
+      </c>
+      <c r="P51" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>252</v>
+      </c>
+      <c r="B52" t="s">
+        <v>253</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>254</v>
+      </c>
+      <c r="E52" t="s">
+        <v>246</v>
+      </c>
+      <c r="F52" t="s">
+        <v>247</v>
+      </c>
+      <c r="G52" t="s">
+        <v>255</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52"/>
+      <c r="J52" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...2094 lines deleted...]
-      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N52" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>256</v>
+      </c>
+      <c r="P52" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>177</v>
+        <v>258</v>
       </c>
       <c r="B53" t="s">
-        <v>15</v>
+        <v>259</v>
       </c>
       <c r="C53" t="s">
-        <v>178</v>
+        <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>168</v>
+        <v>260</v>
       </c>
       <c r="E53" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F53" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="G53"/>
+        <v>247</v>
+      </c>
+      <c r="G53" t="s">
+        <v>255</v>
+      </c>
       <c r="H53"/>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>261</v>
+      </c>
+      <c r="P53" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>263</v>
+      </c>
+      <c r="B54" t="s">
+        <v>264</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>265</v>
+      </c>
+      <c r="E54" t="s">
+        <v>246</v>
+      </c>
+      <c r="F54" t="s">
+        <v>247</v>
+      </c>
+      <c r="G54" t="s">
+        <v>255</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>249</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>266</v>
+      </c>
+      <c r="P54" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>268</v>
+      </c>
+      <c r="B55" t="s">
+        <v>269</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>270</v>
+      </c>
+      <c r="E55" t="s">
+        <v>246</v>
+      </c>
+      <c r="F55" t="s">
+        <v>247</v>
+      </c>
+      <c r="G55" t="s">
+        <v>255</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>249</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>271</v>
+      </c>
+      <c r="P55" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>273</v>
+      </c>
+      <c r="B56" t="s">
+        <v>274</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
         <v>179</v>
       </c>
-    </row>
-[...88 lines deleted...]
-      </c>
       <c r="E56" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F56" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>247</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
-      <c r="I56" t="s">
-        <v>170</v>
+      <c r="I56">
+        <v>2012</v>
       </c>
       <c r="J56" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N56" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>275</v>
+      </c>
+      <c r="P56" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>188</v>
+        <v>277</v>
       </c>
       <c r="B57" t="s">
-        <v>15</v>
+        <v>278</v>
       </c>
       <c r="C57" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>168</v>
+        <v>279</v>
       </c>
       <c r="E57" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>247</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
-      <c r="I57" t="s">
-        <v>170</v>
+      <c r="I57">
+        <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N57" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>280</v>
+      </c>
+      <c r="P57" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>191</v>
+        <v>282</v>
       </c>
       <c r="B58" t="s">
-        <v>15</v>
+        <v>283</v>
       </c>
       <c r="C58" t="s">
-        <v>192</v>
+        <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>168</v>
+        <v>284</v>
       </c>
       <c r="E58" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F58" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>247</v>
+      </c>
+      <c r="G58" t="s">
+        <v>104</v>
+      </c>
+      <c r="H58">
         <v>2013</v>
       </c>
-      <c r="H58"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N58" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>285</v>
+      </c>
+      <c r="P58" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>194</v>
+        <v>287</v>
       </c>
       <c r="B59" t="s">
-        <v>15</v>
+        <v>288</v>
       </c>
       <c r="C59" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>168</v>
+        <v>289</v>
       </c>
       <c r="E59" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F59" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>247</v>
+      </c>
+      <c r="G59" t="s">
+        <v>104</v>
+      </c>
+      <c r="H59">
         <v>2017</v>
       </c>
-      <c r="H59"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N59" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>290</v>
+      </c>
+      <c r="P59" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>197</v>
+        <v>292</v>
       </c>
       <c r="B60" t="s">
-        <v>15</v>
+        <v>293</v>
       </c>
       <c r="C60" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>168</v>
+        <v>294</v>
       </c>
       <c r="E60" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F60" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G60">
+        <v>247</v>
+      </c>
+      <c r="G60" t="s">
+        <v>104</v>
+      </c>
+      <c r="H60">
         <v>2017</v>
       </c>
-      <c r="H60"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>199</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K60" t="s">
+        <v>295</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N60" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>296</v>
+      </c>
+      <c r="P60" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>201</v>
+        <v>298</v>
       </c>
       <c r="B61" t="s">
-        <v>15</v>
+        <v>299</v>
       </c>
       <c r="C61" t="s">
-        <v>202</v>
+        <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>168</v>
+        <v>300</v>
       </c>
       <c r="E61" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F61" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G61">
+        <v>247</v>
+      </c>
+      <c r="G61" t="s">
+        <v>104</v>
+      </c>
+      <c r="H61">
         <v>2017</v>
       </c>
-      <c r="H61"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>203</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K61" t="s">
+        <v>301</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N61" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>302</v>
+      </c>
+      <c r="P61" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>205</v>
+        <v>304</v>
       </c>
       <c r="B62" t="s">
-        <v>15</v>
+        <v>305</v>
       </c>
       <c r="C62" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>168</v>
+        <v>306</v>
       </c>
       <c r="E62" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>247</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>2012</v>
       </c>
-      <c r="H62">
+      <c r="I62">
         <v>2017</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J62" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N62" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>307</v>
+      </c>
+      <c r="P62" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>208</v>
+        <v>309</v>
       </c>
       <c r="B63" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C63" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>168</v>
+        <v>311</v>
       </c>
       <c r="E63" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F63" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>247</v>
+      </c>
+      <c r="G63" t="s">
+        <v>104</v>
+      </c>
+      <c r="H63">
         <v>2017</v>
       </c>
-      <c r="H63"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>210</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K63" t="s">
+        <v>312</v>
+      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N63" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>313</v>
+      </c>
+      <c r="P63" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>212</v>
+        <v>315</v>
       </c>
       <c r="B64" t="s">
-        <v>15</v>
+        <v>316</v>
       </c>
       <c r="C64" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D64" t="s">
-        <v>168</v>
+        <v>33</v>
       </c>
       <c r="E64" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>247</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
-      <c r="I64" t="s">
-        <v>170</v>
+      <c r="I64">
+        <v>2012</v>
       </c>
       <c r="J64" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N64" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>317</v>
+      </c>
+      <c r="P64" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>214</v>
+        <v>318</v>
       </c>
       <c r="B65" t="s">
-        <v>15</v>
+        <v>319</v>
       </c>
       <c r="C65" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>168</v>
+        <v>320</v>
       </c>
       <c r="E65" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="F65" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>247</v>
+      </c>
+      <c r="G65" t="s">
+        <v>104</v>
+      </c>
+      <c r="H65">
         <v>2017</v>
       </c>
-      <c r="H65"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>210</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K65" t="s">
+        <v>312</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N65" t="s">
-        <v>216</v>
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>321</v>
+      </c>
+      <c r="P65" t="s">
+        <v>322</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>