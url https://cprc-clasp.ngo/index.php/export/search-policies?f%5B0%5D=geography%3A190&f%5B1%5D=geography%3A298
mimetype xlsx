--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -380,51 +380,51 @@
   <si>
     <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -496,75 +496,78 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -610,60 +613,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -711,150 +714,150 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
     <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -2756,1817 +2759,1819 @@
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>153</v>
       </c>
       <c r="B28" t="s">
         <v>154</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>155</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>41</v>
       </c>
       <c r="G28" t="s">
         <v>104</v>
       </c>
       <c r="H28">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>156</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>145</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>157</v>
       </c>
       <c r="P28" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>158</v>
       </c>
       <c r="B29" t="s">
         <v>159</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>160</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>41</v>
       </c>
       <c r="G29" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>143</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>145</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P29" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>160</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>41</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>156</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>145</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P30" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>41</v>
       </c>
       <c r="G31" t="s">
         <v>104</v>
       </c>
-      <c r="H31">
+      <c r="H31"/>
+      <c r="I31">
         <v>2024</v>
       </c>
-      <c r="I31"/>
       <c r="J31" t="s">
         <v>156</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>145</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P31" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>41</v>
       </c>
       <c r="G32" t="s">
         <v>142</v>
       </c>
       <c r="H32">
         <v>2008</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>143</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M32" t="s">
         <v>145</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P32" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>41</v>
       </c>
       <c r="G33" t="s">
         <v>8</v>
       </c>
       <c r="H33">
         <v>2008</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
         <v>143</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M33" t="s">
         <v>145</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P33" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>41</v>
       </c>
       <c r="G34" t="s">
         <v>142</v>
       </c>
       <c r="H34">
         <v>2014</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>143</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M34" t="s">
         <v>145</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P34" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>41</v>
       </c>
       <c r="G35" t="s">
         <v>142</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>143</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M35" t="s">
         <v>145</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P35" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>41</v>
       </c>
       <c r="G36" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="H36">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>156</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>145</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P36" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>75</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37">
         <v>2022</v>
       </c>
       <c r="J37" t="s">
         <v>143</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M37" t="s">
         <v>145</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>150</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>8</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38">
         <v>2022</v>
       </c>
       <c r="J38" t="s">
         <v>143</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M38" t="s">
         <v>145</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>155</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>34</v>
       </c>
       <c r="G39" t="s">
         <v>104</v>
       </c>
       <c r="H39">
         <v>2025</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>156</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>145</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P39" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B40" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>34</v>
       </c>
       <c r="G40" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40">
         <v>2019</v>
       </c>
       <c r="J40" t="s">
         <v>143</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M40" t="s">
         <v>145</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P40" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B41" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>160</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>34</v>
       </c>
       <c r="G41" t="s">
         <v>8</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41">
         <v>2024</v>
       </c>
       <c r="J41" t="s">
         <v>156</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>145</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P41" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B42" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>34</v>
       </c>
       <c r="G42" t="s">
         <v>142</v>
       </c>
       <c r="H42">
         <v>2024</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>156</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>145</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P42" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B43" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>34</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
         <v>2022</v>
       </c>
       <c r="J43" t="s">
         <v>143</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M43" t="s">
         <v>145</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P43" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B44" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>33</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>34</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44">
         <v>2025</v>
       </c>
       <c r="J44" t="s">
         <v>156</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>145</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P44" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B45" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>75</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>34</v>
       </c>
       <c r="G45" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="H45">
         <v>2011</v>
       </c>
       <c r="I45">
         <v>2022</v>
       </c>
       <c r="J45" t="s">
         <v>143</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M45" t="s">
         <v>145</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P45" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B46" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>75</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>34</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46">
         <v>2025</v>
       </c>
       <c r="J46" t="s">
         <v>156</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>145</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P46" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B47" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>34</v>
       </c>
       <c r="G47" t="s">
         <v>104</v>
       </c>
-      <c r="H47"/>
+      <c r="H47">
+        <v>2024</v>
+      </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>156</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>145</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P47" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B48" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
         <v>65</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>34</v>
       </c>
       <c r="G48" t="s">
         <v>142</v>
       </c>
       <c r="H48">
         <v>2018</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>143</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M48" t="s">
         <v>145</v>
       </c>
       <c r="N48" t="s">
         <v>66</v>
       </c>
       <c r="O48" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P48" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B49" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>34</v>
       </c>
       <c r="G49" t="s">
         <v>142</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>143</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M49" t="s">
         <v>145</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P49" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B50" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>34</v>
       </c>
       <c r="G50" t="s">
         <v>104</v>
       </c>
       <c r="H50">
         <v>2025</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>156</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>145</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P50" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B51" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E51" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F51" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G51" t="s">
         <v>104</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P51" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B52" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E52" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F52" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G52" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P52" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B53" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E53" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F53" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G53" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P53" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B54" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E54" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F54" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G54" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P54" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B55" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E55" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F55" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G55" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P55" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B56" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E56" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F56" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
       <c r="I56">
         <v>2012</v>
       </c>
       <c r="J56" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P56" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B57" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E57" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F57" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57">
         <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P57" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B58" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E58" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F58" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G58" t="s">
         <v>104</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="P58" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B59" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E59" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F59" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G59" t="s">
         <v>104</v>
       </c>
       <c r="H59">
         <v>2017</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>76</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="P59" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B60" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E60" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F60" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G60" t="s">
         <v>104</v>
       </c>
       <c r="H60">
         <v>2017</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>76</v>
       </c>
       <c r="K60" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="P60" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B61" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E61" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F61" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G61" t="s">
         <v>104</v>
       </c>
       <c r="H61">
         <v>2017</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>76</v>
       </c>
       <c r="K61" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P61" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B62" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E62" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F62" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
       <c r="I62">
         <v>2017</v>
       </c>
       <c r="J62" t="s">
         <v>76</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="P62" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B63" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E63" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F63" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G63" t="s">
         <v>104</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>76</v>
       </c>
       <c r="K63" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="P63" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B64" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
         <v>33</v>
       </c>
       <c r="E64" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F64" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
       <c r="I64">
         <v>2012</v>
       </c>
       <c r="J64" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P64" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B65" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E65" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F65" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G65" t="s">
         <v>104</v>
       </c>
       <c r="H65">
         <v>2017</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>76</v>
       </c>
       <c r="K65" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P65" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">