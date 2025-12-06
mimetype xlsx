--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,523 +12,731 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -792,1683 +1000,1908 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2000</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2000</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>66</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>66</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>96</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>76</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>36</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>100</v>
+      </c>
+      <c r="P16" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>55</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>76</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>104</v>
+      </c>
+      <c r="P17" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>55</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>36</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>107</v>
+      </c>
+      <c r="P18" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>111</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2016</v>
+      </c>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>36</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>112</v>
+      </c>
+      <c r="P19" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>111</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2000</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>76</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>36</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>116</v>
+      </c>
+      <c r="P20" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>111</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>36</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>120</v>
+      </c>
+      <c r="P21" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...10 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D22" t="s">
+        <v>124</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>8</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>125</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>126</v>
+      </c>
+      <c r="M22" t="s">
+        <v>127</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>128</v>
+      </c>
+      <c r="P22" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" t="s">
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>132</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" t="s">
+        <v>8</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>125</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>127</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>133</v>
+      </c>
+      <c r="P23" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
+        <v>135</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>132</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>41</v>
+      </c>
+      <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H24">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
-[...17 lines deleted...]
-      <c r="A4" t="s">
+      <c r="I24">
+        <v>2024</v>
+      </c>
+      <c r="J24" t="s">
+        <v>136</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>127</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>137</v>
+      </c>
+      <c r="P24" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>138</v>
+      </c>
+      <c r="B25" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>75</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>41</v>
+      </c>
+      <c r="G25" t="s">
+        <v>8</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>125</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>140</v>
+      </c>
+      <c r="M25" t="s">
+        <v>127</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>141</v>
+      </c>
+      <c r="P25" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>142</v>
+      </c>
+      <c r="B26" t="s">
+        <v>143</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>75</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2022</v>
+      </c>
+      <c r="J26" t="s">
+        <v>125</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>144</v>
+      </c>
+      <c r="M26" t="s">
+        <v>127</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>145</v>
+      </c>
+      <c r="P26" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>147</v>
+      </c>
+      <c r="B27" t="s">
+        <v>148</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>124</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>8</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2022</v>
+      </c>
+      <c r="J27" t="s">
+        <v>125</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>149</v>
+      </c>
+      <c r="M27" t="s">
+        <v>127</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>150</v>
+      </c>
+      <c r="P27" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>152</v>
+      </c>
+      <c r="B28" t="s">
+        <v>153</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>154</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>8</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>125</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>155</v>
+      </c>
+      <c r="M28" t="s">
+        <v>127</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>156</v>
+      </c>
+      <c r="P28" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>157</v>
+      </c>
+      <c r="B29" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>132</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>8</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>136</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>127</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>159</v>
+      </c>
+      <c r="P29" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>160</v>
+      </c>
+      <c r="B30" t="s">
+        <v>161</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>34</v>
       </c>
-      <c r="F4" t="s">
-[...80 lines deleted...]
-      <c r="E6" t="s">
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2022</v>
+      </c>
+      <c r="J30" t="s">
+        <v>125</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>162</v>
+      </c>
+      <c r="M30" t="s">
+        <v>127</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>163</v>
+      </c>
+      <c r="P30" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>164</v>
+      </c>
+      <c r="B31" t="s">
+        <v>165</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>34</v>
       </c>
-      <c r="F6" t="s">
-[...82 lines deleted...]
-      <c r="E8" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2025</v>
+      </c>
+      <c r="J31" t="s">
+        <v>136</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>127</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>166</v>
+      </c>
+      <c r="P31" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>167</v>
+      </c>
+      <c r="B32" t="s">
+        <v>168</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>75</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>34</v>
       </c>
-      <c r="F8" t="s">
-[...80 lines deleted...]
-      <c r="E10" t="s">
+      <c r="G32" t="s">
+        <v>8</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>125</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>169</v>
+      </c>
+      <c r="M32" t="s">
+        <v>127</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>170</v>
+      </c>
+      <c r="P32" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>171</v>
+      </c>
+      <c r="B33" t="s">
+        <v>172</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>75</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>34</v>
       </c>
-      <c r="F10" t="s">
-[...684 lines deleted...]
-      <c r="G26">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2011</v>
       </c>
-      <c r="H26">
-[...217 lines deleted...]
-      <c r="H31">
+      <c r="I33">
         <v>2025</v>
       </c>
-      <c r="I31" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="N33" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>173</v>
+      </c>
+      <c r="P33" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="B34" t="s">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="C34" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>121</v>
+        <v>176</v>
       </c>
       <c r="E34" t="s">
-        <v>122</v>
+        <v>177</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>178</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>123</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="N34" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>181</v>
+      </c>
+      <c r="P34" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>126</v>
+        <v>183</v>
       </c>
       <c r="B35" t="s">
-        <v>15</v>
+        <v>184</v>
       </c>
       <c r="C35" t="s">
-        <v>127</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="E35" t="s">
-        <v>122</v>
+        <v>177</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>178</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
-      <c r="I35" t="s">
-        <v>123</v>
+      <c r="I35">
+        <v>2012</v>
       </c>
       <c r="J35" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="N35" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>186</v>
+      </c>
+      <c r="P35" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>129</v>
+        <v>188</v>
       </c>
       <c r="B36" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="C36" t="s">
-        <v>130</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>121</v>
+        <v>190</v>
       </c>
       <c r="E36" t="s">
-        <v>122</v>
+        <v>177</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>178</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2012</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2017</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="N36" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>191</v>
+      </c>
+      <c r="P36" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>132</v>
+        <v>193</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>194</v>
       </c>
       <c r="C37" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="E37" t="s">
-        <v>122</v>
+        <v>177</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>178</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
-        <v>123</v>
+      <c r="I37">
+        <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="N37" t="s">
-        <v>133</v>
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>195</v>
+      </c>
+      <c r="P37" t="s">
+        <v>182</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>