--- v1 (2025-12-06)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -423,60 +423,63 @@
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
@@ -529,99 +532,99 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
     <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -2112,760 +2115,760 @@
       </c>
       <c r="P22" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>130</v>
       </c>
       <c r="B23" t="s">
         <v>131</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>132</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>41</v>
       </c>
       <c r="G23" t="s">
-        <v>8</v>
+        <v>133</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
         <v>125</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>127</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P23" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>132</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>41</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24">
         <v>2024</v>
       </c>
       <c r="J24" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>127</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P24" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>75</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>41</v>
       </c>
       <c r="G25" t="s">
         <v>8</v>
       </c>
       <c r="H25">
         <v>2008</v>
       </c>
       <c r="I25">
         <v>2014</v>
       </c>
       <c r="J25" t="s">
         <v>125</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M25" t="s">
         <v>127</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P25" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B26" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>75</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
       <c r="I26">
         <v>2022</v>
       </c>
       <c r="J26" t="s">
         <v>125</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M26" t="s">
         <v>127</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
         <v>124</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>8</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27">
         <v>2022</v>
       </c>
       <c r="J27" t="s">
         <v>125</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M27" t="s">
         <v>127</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P27" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>8</v>
+        <v>133</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
         <v>125</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M28" t="s">
         <v>127</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>132</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>8</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29">
         <v>2024</v>
       </c>
       <c r="J29" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>127</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
       <c r="I30">
         <v>2022</v>
       </c>
       <c r="J30" t="s">
         <v>125</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M30" t="s">
         <v>127</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P30" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31">
         <v>2025</v>
       </c>
       <c r="J31" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>127</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P31" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>75</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>8</v>
+        <v>133</v>
       </c>
       <c r="H32">
         <v>2011</v>
       </c>
       <c r="I32">
         <v>2022</v>
       </c>
       <c r="J32" t="s">
         <v>125</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M32" t="s">
         <v>127</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P32" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>34</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2011</v>
       </c>
       <c r="I33">
         <v>2025</v>
       </c>
       <c r="J33" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>127</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P33" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34">
         <v>2012</v>
       </c>
       <c r="J34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P34" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E35" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F35" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
       <c r="I35">
         <v>2012</v>
       </c>
       <c r="J35" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P35" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B36" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E36" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F36" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36">
         <v>2017</v>
       </c>
       <c r="J36" t="s">
         <v>76</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F37" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
       <c r="I37">
         <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P37" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">