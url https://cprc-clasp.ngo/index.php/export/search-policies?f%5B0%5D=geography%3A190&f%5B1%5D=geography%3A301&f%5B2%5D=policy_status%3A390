--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,1622 +12,1065 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="509">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
-    <t>CNS 11010-89: Electric Water Heaters</t>
-[...17 lines deleted...]
-    <t>Clothes Dryers</t>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Refrigerators</t>
+  </si>
+  <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
-[...22 lines deleted...]
-  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
-    <t>Energy Conservation Label - Television</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
-[...14 lines deleted...]
-    <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
+  </si>
+  <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
+    <t>Duct Fans</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
-[...2 lines deleted...]
-    <t>Ovens</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
+  </si>
+  <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
+    <t>CNS 12492</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
+  </si>
+  <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
+  </si>
+  <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>CNS 13605</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
+  </si>
+  <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
+    <t>ISO 5801 and AMCA 210</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...229 lines deleted...]
-    <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
   </si>
   <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
-    <t>Fluorescent tubes</t>
-[...7 lines deleted...]
-  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
-    <t>Greenmark N 17 - Personal Computers -System Unit</t>
-[...20 lines deleted...]
-    <t>Greenmark N100 - Transformers</t>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N127 - Hand Dryers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N129 - LED Lamps</t>
+  </si>
+  <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N140 - External Hard Drive</t>
+  </si>
+  <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
+    <t>Hard-Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N146 - Electric Paper Shredders</t>
+  </si>
+  <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N147 - Electric Coffeemakers</t>
+  </si>
+  <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N150 - Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>Greenmark N52 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N75 - Dry Type Transformers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
-[...32 lines deleted...]
-    <t>Greenmark N126 - Electric Kettles</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
+  </si>
+  <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N81 - Fans</t>
+  </si>
+  <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
+    <t>CNS 547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N82 - Portable Projectors</t>
+  </si>
+  <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
+    <t>Projectors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N87 - Water dispensers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N91 - Water fountains</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>MEPS - Dehumidifier</t>
+  </si>
+  <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
+  </si>
+  <si>
+    <t>MEPS for Water Chillers</t>
+  </si>
+  <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>CNS 12575 CNS 12812</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Air Compressors</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Boilers</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
-[...461 lines deleted...]
-    <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for LED Lamps</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
+  </si>
+  <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
-[...124 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
-[...10 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
-    <t>RACs Packaged Terminal - Taiwan</t>
-[...40 lines deleted...]
-  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
-    <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
-    <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
-    <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
-[...29 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
   </si>
   <si>
     <t>Self-Ballast Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
   </si>
   <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1891,7547 +1334,3228 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N176"/>
+  <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="608.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="238.228" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>65</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>88</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>58</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>111</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>117</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>59</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...31 lines deleted...]
-      <c r="I3" t="s">
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>137</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>88</v>
+      </c>
+      <c r="L22" t="s">
+        <v>142</v>
+      </c>
+      <c r="M22" t="s">
+        <v>59</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>143</v>
+      </c>
+      <c r="P22" t="s">
         <v>29</v>
       </c>
-      <c r="L3" t="s">
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>139</v>
+      </c>
+      <c r="B23" t="s">
+        <v>140</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>141</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2003</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K23" t="s">
+        <v>144</v>
+      </c>
+      <c r="L23" t="s">
+        <v>142</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>145</v>
+      </c>
+      <c r="P23" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>33</v>
       </c>
-      <c r="F4" t="s">
-[...8 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>59</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>148</v>
+      </c>
+      <c r="P24" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>152</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...5 lines deleted...]
-      <c r="L4" t="s">
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...19 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...8 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>59</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>157</v>
+      </c>
+      <c r="P26" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...28 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F27" t="s">
         <v>33</v>
       </c>
-      <c r="F6" t="s">
-[...907 lines deleted...]
-        <v>2000</v>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>59</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>162</v>
+      </c>
+      <c r="P27" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>166</v>
+      </c>
+      <c r="E28" t="s">
         <v>20</v>
       </c>
-      <c r="J27" t="s">
-[...28 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>33</v>
       </c>
-      <c r="F28" t="s">
-[...3 lines deleted...]
-        <v>2010</v>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I28" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>59</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>167</v>
+      </c>
+      <c r="P28" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>171</v>
+      </c>
+      <c r="E29" t="s">
         <v>20</v>
       </c>
-      <c r="J28" t="s">
-[...28 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>33</v>
       </c>
-      <c r="F29" t="s">
-[...6 lines deleted...]
-      <c r="I29" t="s">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>59</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>172</v>
+      </c>
+      <c r="P29" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>174</v>
+      </c>
+      <c r="B30" t="s">
+        <v>175</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>176</v>
+      </c>
+      <c r="E30" t="s">
         <v>20</v>
       </c>
-      <c r="J29" t="s">
-[...28 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>33</v>
       </c>
-      <c r="F30" t="s">
-[...3 lines deleted...]
-        <v>2002</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I30" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>59</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>177</v>
+      </c>
+      <c r="P30" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B31" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>99</v>
+      </c>
+      <c r="E31" t="s">
         <v>20</v>
       </c>
-      <c r="J30" t="s">
-[...28 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>33</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="H31"/>
-      <c r="I31" t="s">
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>180</v>
+      </c>
+      <c r="P31" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>184</v>
+      </c>
+      <c r="E32" t="s">
         <v>20</v>
       </c>
-      <c r="J31" t="s">
-[...5 lines deleted...]
-      <c r="L31" t="s">
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>23</v>
       </c>
-      <c r="M31" t="s">
-[...19 lines deleted...]
-      <c r="E32" t="s">
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>189</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>33</v>
       </c>
-      <c r="F32" t="s">
-[...47 lines deleted...]
-        <v>2000</v>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
-      <c r="I33" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>190</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>59</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>191</v>
+      </c>
+      <c r="P33" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" t="s">
+        <v>194</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" t="s">
         <v>20</v>
       </c>
-      <c r="J33" t="s">
-[...28 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>33</v>
       </c>
-      <c r="F34" t="s">
-[...3 lines deleted...]
-        <v>2010</v>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
-      <c r="I34" t="s">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>195</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>196</v>
+      </c>
+      <c r="P34" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>198</v>
+      </c>
+      <c r="B35" t="s">
+        <v>199</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>200</v>
+      </c>
+      <c r="E35" t="s">
         <v>20</v>
       </c>
-      <c r="J34" t="s">
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>198</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>201</v>
+      </c>
+      <c r="P35" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>203</v>
+      </c>
+      <c r="B36" t="s">
+        <v>204</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>205</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>206</v>
+      </c>
+      <c r="P36" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" t="s">
+        <v>209</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>205</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>210</v>
+      </c>
+      <c r="P37" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>212</v>
+      </c>
+      <c r="B38" t="s">
+        <v>213</v>
+      </c>
+      <c r="C38" t="s">
+        <v>214</v>
+      </c>
+      <c r="D38" t="s">
+        <v>39</v>
+      </c>
+      <c r="E38" t="s">
+        <v>215</v>
+      </c>
+      <c r="F38" t="s">
+        <v>216</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2016</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>217</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>218</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>219</v>
+      </c>
+      <c r="P38" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>221</v>
+      </c>
+      <c r="B39" t="s">
+        <v>222</v>
+      </c>
+      <c r="C39" t="s">
+        <v>214</v>
+      </c>
+      <c r="D39" t="s">
+        <v>223</v>
+      </c>
+      <c r="E39" t="s">
+        <v>215</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...37 lines deleted...]
-      <c r="I35" t="s">
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>217</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>218</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>224</v>
+      </c>
+      <c r="P39" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>226</v>
+      </c>
+      <c r="B40" t="s">
+        <v>227</v>
+      </c>
+      <c r="C40" t="s">
+        <v>214</v>
+      </c>
+      <c r="D40" t="s">
+        <v>223</v>
+      </c>
+      <c r="E40" t="s">
+        <v>215</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>217</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>218</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>228</v>
+      </c>
+      <c r="P40" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>230</v>
+      </c>
+      <c r="B41" t="s">
+        <v>231</v>
+      </c>
+      <c r="C41" t="s">
+        <v>214</v>
+      </c>
+      <c r="D41" t="s">
+        <v>223</v>
+      </c>
+      <c r="E41" t="s">
+        <v>215</v>
+      </c>
+      <c r="F41" t="s">
+        <v>216</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>217</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>218</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>232</v>
+      </c>
+      <c r="P41" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>234</v>
+      </c>
+      <c r="B42" t="s">
+        <v>235</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>75</v>
+      </c>
+      <c r="E42" t="s">
         <v>20</v>
       </c>
-      <c r="J35" t="s">
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...28 lines deleted...]
-      <c r="F36" t="s">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2011</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>76</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>236</v>
+      </c>
+      <c r="P42" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>237</v>
+      </c>
+      <c r="B43" t="s">
+        <v>238</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>239</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2003</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>23</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>240</v>
+      </c>
+      <c r="M43" t="s">
+        <v>59</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>241</v>
+      </c>
+      <c r="P43" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>242</v>
+      </c>
+      <c r="B44"/>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>243</v>
+      </c>
+      <c r="E44" t="s">
+        <v>215</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2021</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>111</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>244</v>
+      </c>
+      <c r="P44" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>246</v>
+      </c>
+      <c r="B45" t="s">
+        <v>247</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>141</v>
+      </c>
+      <c r="E45" t="s">
+        <v>215</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2003</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>111</v>
+      </c>
+      <c r="K45" t="s">
+        <v>248</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>65</v>
+      </c>
+      <c r="O45" t="s">
+        <v>249</v>
+      </c>
+      <c r="P45" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>250</v>
+      </c>
+      <c r="B46" t="s">
+        <v>251</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>252</v>
+      </c>
+      <c r="E46" t="s">
+        <v>215</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2018</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>111</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>253</v>
+      </c>
+      <c r="P46" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>254</v>
+      </c>
+      <c r="B47" t="s">
+        <v>255</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>252</v>
+      </c>
+      <c r="E47" t="s">
+        <v>215</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>111</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>256</v>
+      </c>
+      <c r="P47" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>257</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
         <v>19</v>
       </c>
-      <c r="G36">
-[...6 lines deleted...]
-      <c r="J36" t="s">
+      <c r="E48" t="s">
+        <v>215</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...40 lines deleted...]
-      <c r="J37" t="s">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>111</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>258</v>
+      </c>
+      <c r="P48" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>259</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>260</v>
+      </c>
+      <c r="E49" t="s">
+        <v>215</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...40 lines deleted...]
-      <c r="J38" t="s">
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49">
+        <v>2016</v>
+      </c>
+      <c r="J49" t="s">
+        <v>111</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>261</v>
+      </c>
+      <c r="P49" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>263</v>
+      </c>
+      <c r="E50" t="s">
+        <v>215</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K38" t="s">
-[...502 lines deleted...]
-        <v>2000</v>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
+        <v>111</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>264</v>
+      </c>
+      <c r="P50" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>265</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>266</v>
+      </c>
+      <c r="E51" t="s">
+        <v>215</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...2 lines deleted...]
-      <c r="L50" t="s">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>111</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>267</v>
+      </c>
+      <c r="P51" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>268</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>136</v>
+      </c>
+      <c r="E52" t="s">
+        <v>215</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>111</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>269</v>
+      </c>
+      <c r="P52" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>270</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" t="s">
+        <v>215</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2012</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>111</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>271</v>
+      </c>
+      <c r="P53" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>272</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>273</v>
+      </c>
+      <c r="E54" t="s">
+        <v>215</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>111</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>274</v>
+      </c>
+      <c r="P54" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>275</v>
+      </c>
+      <c r="B55" t="s">
+        <v>276</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>277</v>
+      </c>
+      <c r="E55" t="s">
+        <v>215</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2002</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>111</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>26</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>278</v>
+      </c>
+      <c r="P55"/>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>279</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>280</v>
+      </c>
+      <c r="E56" t="s">
+        <v>215</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2020</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>111</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>26</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>281</v>
+      </c>
+      <c r="P56" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>282</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>283</v>
+      </c>
+      <c r="E57" t="s">
+        <v>215</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2010</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>111</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>26</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>284</v>
+      </c>
+      <c r="P57" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>285</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>252</v>
+      </c>
+      <c r="E58" t="s">
+        <v>215</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2018</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>111</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>26</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>286</v>
+      </c>
+      <c r="P58" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>287</v>
+      </c>
+      <c r="B59" t="s">
+        <v>288</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>289</v>
+      </c>
+      <c r="E59" t="s">
+        <v>215</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2020</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>111</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>290</v>
+      </c>
+      <c r="P59" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>291</v>
+      </c>
+      <c r="B60" t="s">
+        <v>292</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>293</v>
+      </c>
+      <c r="E60" t="s">
+        <v>215</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2002</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>111</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>26</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>294</v>
+      </c>
+      <c r="P60" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>295</v>
+      </c>
+      <c r="B61" t="s">
+        <v>296</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>205</v>
+      </c>
+      <c r="E61" t="s">
+        <v>215</v>
+      </c>
+      <c r="F61" t="s">
+        <v>216</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2016</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
         <v>23</v>
       </c>
-      <c r="M50" t="s">
-[...123 lines deleted...]
-      <c r="K53" t="s">
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>297</v>
+      </c>
+      <c r="P61" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>299</v>
+      </c>
+      <c r="B62" t="s">
+        <v>300</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
         <v>205</v>
       </c>
-      <c r="L53" t="s">
-[...129 lines deleted...]
-      <c r="L56" t="s">
+      <c r="E62" t="s">
+        <v>215</v>
+      </c>
+      <c r="F62" t="s">
+        <v>216</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2016</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
         <v>23</v>
       </c>
-      <c r="M56" t="s">
-[...2 lines deleted...]
-      <c r="N56" t="s">
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>301</v>
+      </c>
+      <c r="P62" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>303</v>
+      </c>
+      <c r="B63" t="s">
+        <v>304</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>266</v>
+      </c>
+      <c r="E63" t="s">
         <v>215</v>
       </c>
-    </row>
-[...271 lines deleted...]
-      </c>
       <c r="F63" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>305</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
-      <c r="I63" t="s">
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>23</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>306</v>
+      </c>
+      <c r="P63" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>307</v>
+      </c>
+      <c r="B64" t="s">
+        <v>308</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>205</v>
+      </c>
+      <c r="E64" t="s">
+        <v>215</v>
+      </c>
+      <c r="F64" t="s">
+        <v>305</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2018</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>23</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>26</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>309</v>
+      </c>
+      <c r="P64" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>311</v>
+      </c>
+      <c r="B65" t="s">
+        <v>312</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>205</v>
+      </c>
+      <c r="E65" t="s">
         <v>20</v>
       </c>
-      <c r="J63" t="s">
+      <c r="F65" t="s">
+        <v>305</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2018</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>23</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>26</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>313</v>
+      </c>
+      <c r="P65" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>315</v>
+      </c>
+      <c r="B66" t="s">
+        <v>316</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>87</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>216</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2013</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>23</v>
+      </c>
+      <c r="K66" t="s">
+        <v>88</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>26</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>317</v>
+      </c>
+      <c r="P66" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>319</v>
+      </c>
+      <c r="B67" t="s">
+        <v>320</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>19</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K63" t="s">
-[...2 lines deleted...]
-      <c r="L63" t="s">
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2010</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
         <v>23</v>
       </c>
-      <c r="M63" t="s">
-[...37 lines deleted...]
-      <c r="K64" t="s">
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>321</v>
+      </c>
+      <c r="M67" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>322</v>
+      </c>
+      <c r="P67" t="s">
         <v>29</v>
       </c>
-      <c r="L64" t="s">
-[...4685 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>