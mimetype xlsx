--- v1 (2025-12-04)
+++ v2 (2026-02-06)
@@ -695,51 +695,51 @@
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -1357,51 +1357,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="608.566" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="238.228" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="203.95" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">