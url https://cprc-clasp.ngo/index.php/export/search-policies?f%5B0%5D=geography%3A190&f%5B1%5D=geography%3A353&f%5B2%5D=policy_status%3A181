--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,695 +12,945 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -964,2573 +1214,2924 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N58"/>
+  <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="170" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="170.958" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2001</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2001</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2001</v>
       </c>
-      <c r="H3">
+      <c r="I5">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H6">
+        <v>2000</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>46</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>47</v>
+      </c>
+      <c r="P6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2000</v>
+      </c>
+      <c r="I7">
         <v>2015</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>56</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
-[...23 lines deleted...]
-      <c r="J5" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>56</v>
+      </c>
+      <c r="O9" t="s">
+        <v>61</v>
+      </c>
+      <c r="P9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>68</v>
+      </c>
+      <c r="P10" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>31</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>67</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>72</v>
+      </c>
+      <c r="P11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>74</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>31</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>82</v>
+      </c>
+      <c r="P13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>66</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>84</v>
+      </c>
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>66</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>90</v>
+      </c>
+      <c r="P15" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>31</v>
+      </c>
+      <c r="G16" t="s">
+        <v>94</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>95</v>
+      </c>
+      <c r="P16" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>66</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>99</v>
+      </c>
+      <c r="P17" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>97</v>
+      </c>
+      <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>31</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>66</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>102</v>
+      </c>
+      <c r="P18" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" t="s">
+        <v>105</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>106</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>94</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>107</v>
+      </c>
+      <c r="P19" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>109</v>
+      </c>
+      <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>106</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>111</v>
+      </c>
+      <c r="P20" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>113</v>
+      </c>
+      <c r="B21" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>106</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>31</v>
+      </c>
+      <c r="G21" t="s">
+        <v>94</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>115</v>
+      </c>
+      <c r="P21" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B22" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>119</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2000</v>
       </c>
-      <c r="H6">
-[...5 lines deleted...]
-      <c r="J6" t="s">
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>120</v>
+      </c>
+      <c r="P22" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>122</v>
+      </c>
+      <c r="B23" t="s">
+        <v>123</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>119</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>31</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2020</v>
+      </c>
+      <c r="J23" t="s">
+        <v>66</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>124</v>
+      </c>
+      <c r="P23" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>126</v>
+      </c>
+      <c r="B24" t="s">
+        <v>127</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>119</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>31</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>66</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>128</v>
+      </c>
+      <c r="P24" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" t="s">
+        <v>36</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>133</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1998</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>134</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>135</v>
+      </c>
+      <c r="M25" t="s">
+        <v>136</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>137</v>
+      </c>
+      <c r="P25" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>139</v>
+      </c>
+      <c r="B26" t="s">
+        <v>140</v>
+      </c>
+      <c r="C26" t="s">
+        <v>132</v>
+      </c>
+      <c r="D26" t="s">
+        <v>141</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>133</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>134</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>142</v>
+      </c>
+      <c r="M26" t="s">
+        <v>136</v>
+      </c>
+      <c r="N26" t="s">
+        <v>56</v>
+      </c>
+      <c r="O26" t="s">
+        <v>143</v>
+      </c>
+      <c r="P26" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>144</v>
+      </c>
+      <c r="B27" t="s">
+        <v>145</v>
+      </c>
+      <c r="C27" t="s">
+        <v>132</v>
+      </c>
+      <c r="D27" t="s">
+        <v>146</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>133</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2008</v>
+      </c>
+      <c r="J27" t="s">
+        <v>134</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>147</v>
+      </c>
+      <c r="M27" t="s">
+        <v>136</v>
+      </c>
+      <c r="N27" t="s">
+        <v>56</v>
+      </c>
+      <c r="O27" t="s">
+        <v>148</v>
+      </c>
+      <c r="P27" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>149</v>
+      </c>
+      <c r="B28" t="s">
+        <v>150</v>
+      </c>
+      <c r="C28" t="s">
+        <v>132</v>
+      </c>
+      <c r="D28" t="s">
+        <v>65</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="G28" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...34 lines deleted...]
-      <c r="J7" t="s">
+      <c r="H28">
+        <v>2008</v>
+      </c>
+      <c r="I28">
+        <v>2006</v>
+      </c>
+      <c r="J28" t="s">
+        <v>134</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>151</v>
+      </c>
+      <c r="M28" t="s">
+        <v>136</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>152</v>
+      </c>
+      <c r="P28" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>153</v>
+      </c>
+      <c r="B29" t="s">
+        <v>154</v>
+      </c>
+      <c r="C29" t="s">
+        <v>132</v>
+      </c>
+      <c r="D29" t="s">
+        <v>155</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>133</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2007</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>134</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>156</v>
+      </c>
+      <c r="M29" t="s">
+        <v>136</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>157</v>
+      </c>
+      <c r="P29" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>158</v>
+      </c>
+      <c r="B30" t="s">
+        <v>159</v>
+      </c>
+      <c r="C30" t="s">
+        <v>132</v>
+      </c>
+      <c r="D30" t="s">
+        <v>65</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>31</v>
+      </c>
+      <c r="G30" t="s">
+        <v>94</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>134</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>136</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>160</v>
+      </c>
+      <c r="P30" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>161</v>
+      </c>
+      <c r="B31" t="s">
+        <v>162</v>
+      </c>
+      <c r="C31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31" t="s">
+        <v>163</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>133</v>
+      </c>
+      <c r="G31" t="s">
+        <v>94</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>134</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>164</v>
+      </c>
+      <c r="M31" t="s">
+        <v>136</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>165</v>
+      </c>
+      <c r="P31" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>166</v>
+      </c>
+      <c r="B32" t="s">
+        <v>167</v>
+      </c>
+      <c r="C32" t="s">
+        <v>132</v>
+      </c>
+      <c r="D32" t="s">
+        <v>168</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>133</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2010</v>
+      </c>
+      <c r="J32" t="s">
+        <v>134</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>169</v>
+      </c>
+      <c r="M32" t="s">
+        <v>136</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>170</v>
+      </c>
+      <c r="P32" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>171</v>
+      </c>
+      <c r="B33" t="s">
+        <v>172</v>
+      </c>
+      <c r="C33" t="s">
+        <v>132</v>
+      </c>
+      <c r="D33" t="s">
+        <v>173</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>133</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>134</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>174</v>
+      </c>
+      <c r="M33" t="s">
+        <v>136</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>175</v>
+      </c>
+      <c r="P33" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>176</v>
+      </c>
+      <c r="B34" t="s">
+        <v>177</v>
+      </c>
+      <c r="C34" t="s">
+        <v>132</v>
+      </c>
+      <c r="D34" t="s">
+        <v>178</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>133</v>
+      </c>
+      <c r="G34" t="s">
+        <v>94</v>
+      </c>
+      <c r="H34">
+        <v>2009</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>134</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>179</v>
+      </c>
+      <c r="M34" t="s">
+        <v>136</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>180</v>
+      </c>
+      <c r="P34" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>181</v>
+      </c>
+      <c r="B35" t="s">
+        <v>182</v>
+      </c>
+      <c r="C35" t="s">
+        <v>132</v>
+      </c>
+      <c r="D35" t="s">
+        <v>183</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-      <c r="L7" t="s">
+      <c r="G35" t="s">
+        <v>94</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>134</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>184</v>
+      </c>
+      <c r="M35" t="s">
+        <v>136</v>
+      </c>
+      <c r="N35" t="s">
+        <v>56</v>
+      </c>
+      <c r="O35" t="s">
+        <v>185</v>
+      </c>
+      <c r="P35" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>186</v>
+      </c>
+      <c r="B36" t="s">
+        <v>187</v>
+      </c>
+      <c r="C36" t="s">
+        <v>132</v>
+      </c>
+      <c r="D36" t="s">
+        <v>188</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>133</v>
+      </c>
+      <c r="G36" t="s">
+        <v>94</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>134</v>
+      </c>
+      <c r="K36" t="s">
+        <v>189</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>136</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>190</v>
+      </c>
+      <c r="P36" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>191</v>
+      </c>
+      <c r="B37" t="s">
+        <v>192</v>
+      </c>
+      <c r="C37" t="s">
+        <v>132</v>
+      </c>
+      <c r="D37" t="s">
+        <v>193</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>31</v>
+      </c>
+      <c r="G37" t="s">
         <v>22</v>
-      </c>
-[...1253 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H37">
         <v>2002</v>
       </c>
-      <c r="I37" t="s">
-        <v>85</v>
+      <c r="I37">
+        <v>2002</v>
       </c>
       <c r="J37" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="K37" t="s">
+        <v>189</v>
+      </c>
+      <c r="L37" t="s">
+        <v>194</v>
+      </c>
+      <c r="M37" t="s">
+        <v>136</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>195</v>
+      </c>
+      <c r="P37" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>196</v>
+      </c>
+      <c r="B38" t="s">
+        <v>197</v>
+      </c>
+      <c r="C38" t="s">
         <v>132</v>
       </c>
-      <c r="L37" t="s">
-[...10 lines deleted...]
-      <c r="A38" t="s">
+      <c r="D38" t="s">
+        <v>193</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1998</v>
+      </c>
+      <c r="I38">
+        <v>2009</v>
+      </c>
+      <c r="J38" t="s">
         <v>134</v>
       </c>
-      <c r="B38" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K38" t="s">
-        <v>135</v>
+        <v>189</v>
       </c>
       <c r="L38" t="s">
-        <v>87</v>
+        <v>198</v>
       </c>
       <c r="M38" t="s">
-        <v>41</v>
+        <v>136</v>
       </c>
       <c r="N38" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>56</v>
+      </c>
+      <c r="O38" t="s">
+        <v>199</v>
+      </c>
+      <c r="P38" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>137</v>
+        <v>200</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>201</v>
       </c>
       <c r="C39" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="E39" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-        <v>85</v>
+      <c r="I39">
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
+        <v>134</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>203</v>
+      </c>
+      <c r="M39" t="s">
+        <v>136</v>
+      </c>
+      <c r="N39" t="s">
+        <v>56</v>
+      </c>
+      <c r="O39" t="s">
+        <v>204</v>
+      </c>
+      <c r="P39" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>205</v>
+      </c>
+      <c r="B40" t="s">
+        <v>206</v>
+      </c>
+      <c r="C40" t="s">
+        <v>132</v>
+      </c>
+      <c r="D40" t="s">
+        <v>193</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>133</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>207</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>208</v>
+      </c>
+      <c r="M40" t="s">
+        <v>136</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>209</v>
+      </c>
+      <c r="P40" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>210</v>
+      </c>
+      <c r="B41" t="s">
+        <v>211</v>
+      </c>
+      <c r="C41" t="s">
+        <v>132</v>
+      </c>
+      <c r="D41" t="s">
+        <v>212</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K39" t="s">
-[...31 lines deleted...]
-      <c r="G40">
+      <c r="G41" t="s">
+        <v>94</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>134</v>
+      </c>
+      <c r="K41" t="s">
+        <v>189</v>
+      </c>
+      <c r="L41" t="s">
+        <v>213</v>
+      </c>
+      <c r="M41" t="s">
+        <v>136</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>214</v>
+      </c>
+      <c r="P41" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>215</v>
+      </c>
+      <c r="B42" t="s">
+        <v>216</v>
+      </c>
+      <c r="C42" t="s">
+        <v>132</v>
+      </c>
+      <c r="D42" t="s">
+        <v>193</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2011</v>
       </c>
-      <c r="H40">
-[...5 lines deleted...]
-      <c r="J40" t="s">
+      <c r="I42">
+        <v>2013</v>
+      </c>
+      <c r="J42" t="s">
+        <v>134</v>
+      </c>
+      <c r="K42" t="s">
+        <v>189</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>136</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>217</v>
+      </c>
+      <c r="P42" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>218</v>
+      </c>
+      <c r="B43" t="s">
+        <v>219</v>
+      </c>
+      <c r="C43" t="s">
+        <v>132</v>
+      </c>
+      <c r="D43" t="s">
+        <v>188</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>133</v>
+      </c>
+      <c r="G43" t="s">
+        <v>94</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>134</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>220</v>
+      </c>
+      <c r="M43" t="s">
+        <v>136</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>221</v>
+      </c>
+      <c r="P43" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>222</v>
+      </c>
+      <c r="B44" t="s">
+        <v>223</v>
+      </c>
+      <c r="C44" t="s">
+        <v>132</v>
+      </c>
+      <c r="D44" t="s">
+        <v>224</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K40" t="s">
-[...31 lines deleted...]
-      <c r="G41">
+      <c r="G44" t="s">
+        <v>94</v>
+      </c>
+      <c r="H44">
         <v>2013</v>
       </c>
-      <c r="H41"/>
-[...128 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N44" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>225</v>
+      </c>
+      <c r="P44" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>157</v>
+        <v>226</v>
       </c>
       <c r="B45" t="s">
-        <v>83</v>
+        <v>227</v>
       </c>
       <c r="C45" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="E45" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>133</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2003</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2010</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="K45" t="s">
-        <v>159</v>
+        <v>189</v>
       </c>
       <c r="L45" t="s">
-        <v>87</v>
+        <v>229</v>
       </c>
       <c r="M45" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N45" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>230</v>
+      </c>
+      <c r="P45" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>161</v>
+        <v>231</v>
       </c>
       <c r="B46" t="s">
-        <v>83</v>
+        <v>232</v>
       </c>
       <c r="C46" t="s">
-        <v>69</v>
+        <v>132</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="E46" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>133</v>
+      </c>
+      <c r="G46" t="s">
+        <v>94</v>
+      </c>
+      <c r="H46">
         <v>2002</v>
       </c>
-      <c r="H46"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K46" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>87</v>
+        <v>233</v>
       </c>
       <c r="M46" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N46" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>234</v>
+      </c>
+      <c r="P46" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>164</v>
+        <v>235</v>
       </c>
       <c r="B47" t="s">
-        <v>83</v>
+        <v>236</v>
       </c>
       <c r="C47" t="s">
-        <v>165</v>
+        <v>132</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>237</v>
       </c>
       <c r="E47" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>133</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2002</v>
       </c>
-      <c r="I47" t="s">
-        <v>85</v>
+      <c r="I47">
+        <v>2002</v>
       </c>
       <c r="J47" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K47" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>87</v>
+        <v>238</v>
       </c>
       <c r="M47" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N47" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>239</v>
+      </c>
+      <c r="P47" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>168</v>
+        <v>240</v>
       </c>
       <c r="B48" t="s">
-        <v>83</v>
+        <v>241</v>
       </c>
       <c r="C48" t="s">
-        <v>169</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>242</v>
       </c>
       <c r="E48" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>133</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>1999</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2009</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K48" t="s">
-        <v>170</v>
+        <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>87</v>
+        <v>243</v>
       </c>
       <c r="M48" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N48" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>244</v>
+      </c>
+      <c r="P48" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>172</v>
+        <v>245</v>
       </c>
       <c r="B49" t="s">
-        <v>83</v>
+        <v>246</v>
       </c>
       <c r="C49" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E49" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>133</v>
+      </c>
+      <c r="G49" t="s">
+        <v>94</v>
+      </c>
+      <c r="H49">
         <v>2004</v>
       </c>
-      <c r="H49"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K49" t="s">
-        <v>173</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>87</v>
+        <v>247</v>
       </c>
       <c r="M49" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N49" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>248</v>
+      </c>
+      <c r="P49" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>175</v>
+        <v>249</v>
       </c>
       <c r="B50" t="s">
-        <v>83</v>
+        <v>250</v>
       </c>
       <c r="C50" t="s">
-        <v>46</v>
+        <v>132</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="E50" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>133</v>
+      </c>
+      <c r="G50" t="s">
+        <v>94</v>
+      </c>
+      <c r="H50">
         <v>2002</v>
       </c>
-      <c r="H50"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K50" t="s">
-        <v>176</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>87</v>
+        <v>251</v>
       </c>
       <c r="M50" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N50" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>252</v>
+      </c>
+      <c r="P50" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>178</v>
+        <v>253</v>
       </c>
       <c r="B51" t="s">
-        <v>83</v>
+        <v>254</v>
       </c>
       <c r="C51" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="E51" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>31</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2002</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2010</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="K51" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="L51" t="s">
-        <v>87</v>
+        <v>255</v>
       </c>
       <c r="M51" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N51" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>256</v>
+      </c>
+      <c r="P51" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>181</v>
+        <v>257</v>
       </c>
       <c r="B52" t="s">
-        <v>83</v>
+        <v>258</v>
       </c>
       <c r="C52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="E52" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>31</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2002</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2012</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N52" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>259</v>
+      </c>
+      <c r="P52" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>183</v>
+        <v>260</v>
       </c>
       <c r="B53" t="s">
-        <v>83</v>
+        <v>261</v>
       </c>
       <c r="C53" t="s">
-        <v>184</v>
+        <v>132</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>262</v>
       </c>
       <c r="E53" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>133</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
       </c>
       <c r="H53">
         <v>2002</v>
       </c>
-      <c r="I53" t="s">
-        <v>85</v>
+      <c r="I53">
+        <v>2002</v>
       </c>
       <c r="J53" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K53" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>87</v>
+        <v>263</v>
       </c>
       <c r="M53" t="s">
-        <v>41</v>
+        <v>136</v>
       </c>
       <c r="N53" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>56</v>
+      </c>
+      <c r="O53" t="s">
+        <v>264</v>
+      </c>
+      <c r="P53" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>187</v>
+        <v>265</v>
       </c>
       <c r="B54" t="s">
-        <v>83</v>
+        <v>266</v>
       </c>
       <c r="C54" t="s">
-        <v>188</v>
+        <v>132</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="E54" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>133</v>
+      </c>
+      <c r="G54" t="s">
+        <v>94</v>
+      </c>
+      <c r="H54">
         <v>2009</v>
       </c>
-      <c r="H54"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K54" t="s">
-        <v>112</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>87</v>
+        <v>169</v>
       </c>
       <c r="M54" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N54" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>268</v>
+      </c>
+      <c r="P54" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>190</v>
+        <v>269</v>
       </c>
       <c r="B55" t="s">
-        <v>83</v>
+        <v>270</v>
       </c>
       <c r="C55" t="s">
-        <v>191</v>
+        <v>132</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>271</v>
       </c>
       <c r="E55" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>133</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
-      <c r="I55" t="s">
-        <v>85</v>
+      <c r="I55">
+        <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K55" t="s">
-        <v>192</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>87</v>
+        <v>272</v>
       </c>
       <c r="M55" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N55" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>273</v>
+      </c>
+      <c r="P55" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>194</v>
+        <v>274</v>
       </c>
       <c r="B56" t="s">
-        <v>83</v>
+        <v>275</v>
       </c>
       <c r="C56" t="s">
-        <v>195</v>
+        <v>132</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>276</v>
       </c>
       <c r="E56" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>133</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
-      <c r="I56" t="s">
-        <v>85</v>
+      <c r="I56">
+        <v>2012</v>
       </c>
       <c r="J56" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N56" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>277</v>
+      </c>
+      <c r="P56" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>197</v>
+        <v>278</v>
       </c>
       <c r="B57" t="s">
-        <v>83</v>
+        <v>279</v>
       </c>
       <c r="C57" t="s">
-        <v>40</v>
+        <v>132</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E57" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>133</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
-      <c r="I57" t="s">
-        <v>85</v>
+      <c r="I57">
+        <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N57" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>280</v>
+      </c>
+      <c r="P57" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>199</v>
+        <v>281</v>
       </c>
       <c r="B58" t="s">
-        <v>83</v>
+        <v>282</v>
       </c>
       <c r="C58" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E58" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>133</v>
+      </c>
+      <c r="G58" t="s">
+        <v>94</v>
+      </c>
+      <c r="H58">
         <v>2004</v>
       </c>
-      <c r="H58"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K58" t="s">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>87</v>
+        <v>283</v>
       </c>
       <c r="M58" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="N58" t="s">
-        <v>201</v>
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>284</v>
+      </c>
+      <c r="P58" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>