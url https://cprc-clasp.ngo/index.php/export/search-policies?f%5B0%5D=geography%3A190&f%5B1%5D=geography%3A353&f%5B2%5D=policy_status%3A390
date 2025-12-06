--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,695 +12,417 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>INTE E10-1 2015</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers</t>
+    <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...41 lines deleted...]
-    <t>INTE E12-1 2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>ISO 3951-1</t>
-[...119 lines deleted...]
-    <t>INTE E22-1 2016</t>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
-  </si>
-[...367 lines deleted...]
-    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -964,2573 +686,962 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N58"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="170" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="575.574" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...31 lines deleted...]
-      <c r="I4" t="s">
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...3 lines deleted...]
-      <c r="L4" t="s">
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...7 lines deleted...]
-      <c r="A5" t="s">
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>47</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" t="s">
+        <v>66</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>47</v>
+      </c>
+      <c r="K10" t="s">
+        <v>71</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>48</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>47</v>
+      </c>
+      <c r="K11" t="s">
+        <v>71</v>
+      </c>
+      <c r="L11" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" t="s">
+        <v>48</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>47</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>80</v>
+      </c>
+      <c r="M12" t="s">
+        <v>48</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>82</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>48</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>86</v>
+      </c>
+      <c r="B14" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
-[...8 lines deleted...]
-      <c r="E5" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>54</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2002</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>47</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>88</v>
+      </c>
+      <c r="M14" t="s">
+        <v>48</v>
+      </c>
+      <c r="N14" t="s">
         <v>26</v>
       </c>
-      <c r="F5" t="s">
-[...8 lines deleted...]
-      <c r="I5" t="s">
+      <c r="O14" t="s">
+        <v>89</v>
+      </c>
+      <c r="P14" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...3 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...31 lines deleted...]
-      <c r="I6" t="s">
+      <c r="H15">
+        <v>2004</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>47</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>93</v>
+      </c>
+      <c r="M15" t="s">
+        <v>48</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>94</v>
+      </c>
+      <c r="P15" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
+        <v>46</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...5 lines deleted...]
-      <c r="L6" t="s">
+      <c r="F16" t="s">
+        <v>54</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...19 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>47</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>97</v>
+      </c>
+      <c r="M16" t="s">
+        <v>48</v>
+      </c>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="F7" t="s">
-[...8 lines deleted...]
-      <c r="I7" t="s">
+      <c r="O16" t="s">
+        <v>98</v>
+      </c>
+      <c r="P16" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C17" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
+        <v>101</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...3 lines deleted...]
-      <c r="L7" t="s">
+      <c r="F17" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
-[...31 lines deleted...]
-      <c r="I8" t="s">
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>47</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>102</v>
+      </c>
+      <c r="M17" t="s">
+        <v>48</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>103</v>
+      </c>
+      <c r="P17" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>106</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
-[...3 lines deleted...]
-      <c r="L8" t="s">
+      <c r="F18" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
-[...19 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>47</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>107</v>
+      </c>
+      <c r="M18" t="s">
+        <v>48</v>
+      </c>
+      <c r="N18" t="s">
         <v>26</v>
       </c>
-      <c r="F9" t="s">
-[...70 lines deleted...]
-      <c r="A11" t="s">
+      <c r="O18" t="s">
+        <v>108</v>
+      </c>
+      <c r="P18" t="s">
         <v>50</v>
       </c>
-      <c r="B11" t="s">
-[...2033 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>