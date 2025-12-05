--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,588 +12,841 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -857,1925 +1110,2186 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4">
+        <v>2024</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2024</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>37</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>38</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G12" t="s">
+        <v>88</v>
+      </c>
+      <c r="H12">
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>95</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>90</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>87</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>88</v>
+      </c>
+      <c r="H14">
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>89</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>90</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>89</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>90</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16">
+        <v>2000</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>90</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>95</v>
+      </c>
+      <c r="G17" t="s">
+        <v>88</v>
+      </c>
+      <c r="H17">
+        <v>2000</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>89</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>90</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>87</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>88</v>
+      </c>
+      <c r="H18">
+        <v>1996</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>89</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>90</v>
+      </c>
+      <c r="N18" t="s">
+        <v>120</v>
+      </c>
+      <c r="O18" t="s">
+        <v>121</v>
+      </c>
+      <c r="P18" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>119</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>95</v>
+      </c>
+      <c r="G19" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19">
+        <v>1996</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>89</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>90</v>
+      </c>
+      <c r="N19" t="s">
+        <v>120</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>88</v>
+      </c>
+      <c r="H20">
+        <v>1996</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>130</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>90</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" t="s">
+        <v>129</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>95</v>
+      </c>
+      <c r="G21" t="s">
+        <v>88</v>
+      </c>
+      <c r="H21">
+        <v>1996</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>131</v>
+      </c>
+      <c r="M21" t="s">
+        <v>90</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>87</v>
+      </c>
+      <c r="D22" t="s">
+        <v>140</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>88</v>
+      </c>
+      <c r="H22">
+        <v>1996</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>89</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>141</v>
+      </c>
+      <c r="M22" t="s">
+        <v>90</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>144</v>
+      </c>
+      <c r="B23" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" t="s">
+        <v>87</v>
+      </c>
+      <c r="D23" t="s">
+        <v>140</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>95</v>
+      </c>
+      <c r="G23" t="s">
+        <v>88</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>89</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>90</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>146</v>
+      </c>
+      <c r="P23" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>148</v>
+      </c>
+      <c r="B24" t="s">
+        <v>149</v>
+      </c>
+      <c r="C24" t="s">
+        <v>87</v>
+      </c>
+      <c r="D24" t="s">
+        <v>150</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>88</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>130</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>90</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P24" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>148</v>
+      </c>
+      <c r="B25" t="s">
+        <v>153</v>
+      </c>
+      <c r="C25" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" t="s">
+        <v>150</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>88</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>130</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>90</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>154</v>
+      </c>
+      <c r="P25" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>156</v>
+      </c>
+      <c r="B26" t="s">
+        <v>157</v>
+      </c>
+      <c r="C26" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" t="s">
+        <v>150</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>95</v>
+      </c>
+      <c r="G26" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>89</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>90</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>158</v>
+      </c>
+      <c r="P26" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>160</v>
+      </c>
+      <c r="B27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C27" t="s">
+        <v>87</v>
+      </c>
+      <c r="D27" t="s">
+        <v>109</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>95</v>
+      </c>
+      <c r="G27" t="s">
+        <v>88</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>130</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>90</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>162</v>
+      </c>
+      <c r="P27" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" t="s">
+        <v>164</v>
+      </c>
+      <c r="C28" t="s">
+        <v>87</v>
+      </c>
+      <c r="D28" t="s">
+        <v>109</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>95</v>
+      </c>
+      <c r="G28" t="s">
+        <v>88</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>130</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>90</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>165</v>
+      </c>
+      <c r="P28" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>167</v>
+      </c>
+      <c r="B29" t="s">
+        <v>168</v>
+      </c>
+      <c r="C29" t="s">
+        <v>87</v>
+      </c>
+      <c r="D29" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>89</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>90</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>169</v>
+      </c>
+      <c r="P29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" t="s">
+        <v>87</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>89</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>90</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>175</v>
+      </c>
+      <c r="B31" t="s">
+        <v>176</v>
+      </c>
+      <c r="C31" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>95</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>89</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>90</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>177</v>
+      </c>
+      <c r="P31" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>179</v>
+      </c>
+      <c r="B32" t="s">
+        <v>180</v>
+      </c>
+      <c r="C32" t="s">
+        <v>87</v>
+      </c>
+      <c r="D32" t="s">
+        <v>181</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>88</v>
+      </c>
+      <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
+        <v>2016</v>
+      </c>
+      <c r="J32" t="s">
+        <v>89</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>90</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>182</v>
+      </c>
+      <c r="P32" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>184</v>
+      </c>
+      <c r="B33" t="s">
+        <v>185</v>
+      </c>
+      <c r="C33" t="s">
+        <v>87</v>
+      </c>
+      <c r="D33" t="s">
+        <v>181</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>95</v>
+      </c>
+      <c r="G33" t="s">
+        <v>88</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>130</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>90</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>186</v>
+      </c>
+      <c r="P33" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>188</v>
+      </c>
+      <c r="B34" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" t="s">
+        <v>87</v>
+      </c>
+      <c r="D34" t="s">
+        <v>181</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>95</v>
+      </c>
+      <c r="G34" t="s">
+        <v>88</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>130</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>90</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>190</v>
+      </c>
+      <c r="P34" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35" t="s">
+        <v>193</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>194</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>95</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>195</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>196</v>
+      </c>
+      <c r="P35" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>198</v>
+      </c>
+      <c r="B36" t="s">
+        <v>199</v>
+      </c>
+      <c r="C36" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...13 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D36" t="s">
+        <v>181</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>37</v>
+      </c>
+      <c r="G36" t="s">
+        <v>88</v>
+      </c>
+      <c r="H36">
+        <v>2007</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>195</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>200</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>201</v>
+      </c>
+      <c r="P36" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>203</v>
+      </c>
+      <c r="B37" t="s">
+        <v>199</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>181</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>95</v>
+      </c>
+      <c r="G37" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...40 lines deleted...]
-      <c r="L4" t="s">
+      <c r="H37">
+        <v>2006</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>195</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>204</v>
+      </c>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>205</v>
+      </c>
+      <c r="P37" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>207</v>
+      </c>
+      <c r="B38" t="s">
+        <v>208</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>209</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>95</v>
+      </c>
+      <c r="G38" t="s">
+        <v>88</v>
+      </c>
+      <c r="H38">
+        <v>2007</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>195</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>210</v>
+      </c>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>211</v>
+      </c>
+      <c r="P38" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>213</v>
+      </c>
+      <c r="B39" t="s">
+        <v>208</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>194</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>95</v>
+      </c>
+      <c r="G39" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...40 lines deleted...]
-      <c r="L5" t="s">
+      <c r="H39">
+        <v>2007</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>195</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>214</v>
+      </c>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>215</v>
+      </c>
+      <c r="P39" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>216</v>
+      </c>
+      <c r="B40" t="s">
+        <v>217</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>81</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>95</v>
+      </c>
+      <c r="G40" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...2 lines deleted...]
-      <c r="N5" t="s">
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>195</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>218</v>
+      </c>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>219</v>
+      </c>
+      <c r="P40" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>221</v>
+      </c>
+      <c r="B41" t="s">
+        <v>222</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>129</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>37</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      <c r="L6" t="s">
+      <c r="G41" t="s">
+        <v>88</v>
+      </c>
+      <c r="H41">
+        <v>1993</v>
+      </c>
+      <c r="I41">
+        <v>2007</v>
+      </c>
+      <c r="J41" t="s">
+        <v>195</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>223</v>
+      </c>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>224</v>
+      </c>
+      <c r="P41" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>226</v>
+      </c>
+      <c r="B42" t="s">
+        <v>227</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>100</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>95</v>
+      </c>
+      <c r="G42" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...35 lines deleted...]
-      <c r="K7" t="s">
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>195</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>228</v>
+      </c>
+      <c r="M42" t="s">
+        <v>25</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>229</v>
+      </c>
+      <c r="P42" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>231</v>
+      </c>
+      <c r="B43" t="s">
+        <v>232</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
         <v>44</v>
       </c>
-      <c r="L7" t="s">
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>95</v>
+      </c>
+      <c r="G43" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
-[...1208 lines deleted...]
-      <c r="H36">
+      <c r="H43">
         <v>2013</v>
       </c>
-      <c r="I36" t="s">
-[...299 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="K43" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>22</v>
+        <v>233</v>
       </c>
       <c r="M43" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N43" t="s">
-        <v>152</v>
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>234</v>
+      </c>
+      <c r="P43" t="s">
+        <v>235</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>