--- v0 (2025-11-10)
+++ v1 (2026-02-23)
@@ -609,51 +609,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -1434,51 +1434,51 @@
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
         <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>54</v>
       </c>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>