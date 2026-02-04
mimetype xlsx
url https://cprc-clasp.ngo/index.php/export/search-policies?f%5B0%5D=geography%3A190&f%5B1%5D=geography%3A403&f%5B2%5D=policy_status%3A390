--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,560 +12,219 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>INTE E10-1 2015</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers</t>
+    <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...151 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
-    <t>INTE E22-1 2016</t>
-[...242 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -829,2041 +488,344 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="575.574" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="203.95" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...230 lines deleted...]
-      <c r="M8" t="s">
+      <c r="O5" t="s">
         <v>41</v>
       </c>
-      <c r="N8" t="s">
+      <c r="P5" t="s">
         <v>42</v>
-      </c>
-[...1592 lines deleted...]
-        <v>156</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>