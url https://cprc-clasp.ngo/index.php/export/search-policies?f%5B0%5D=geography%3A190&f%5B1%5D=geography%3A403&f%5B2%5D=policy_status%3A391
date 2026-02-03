--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,530 +12,774 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -799,1881 +1043,2128 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N41"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2001</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2001</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2001</v>
       </c>
-      <c r="H3">
+      <c r="I5">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2000</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>46</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>47</v>
+      </c>
+      <c r="P6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2000</v>
+      </c>
+      <c r="I7">
         <v>2015</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...3 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>56</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
-[...23 lines deleted...]
-      <c r="J5" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>56</v>
+      </c>
+      <c r="O9" t="s">
+        <v>61</v>
+      </c>
+      <c r="P9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...3 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>68</v>
+      </c>
+      <c r="P10" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>31</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>67</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>72</v>
+      </c>
+      <c r="P11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>74</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>31</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>82</v>
+      </c>
+      <c r="P13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>66</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>84</v>
+      </c>
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>66</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>90</v>
+      </c>
+      <c r="P15" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>31</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>66</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>94</v>
+      </c>
+      <c r="P16" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>96</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>66</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>97</v>
+      </c>
+      <c r="P17" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>101</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2000</v>
       </c>
-      <c r="H6">
-[...5 lines deleted...]
-      <c r="J6" t="s">
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>102</v>
+      </c>
+      <c r="P18" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" t="s">
+        <v>105</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>31</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>66</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>106</v>
+      </c>
+      <c r="P19" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>101</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>31</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>66</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>110</v>
+      </c>
+      <c r="P20" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="C21" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...8 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>115</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>116</v>
+      </c>
+      <c r="M21" t="s">
+        <v>117</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>118</v>
+      </c>
+      <c r="P21" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>120</v>
+      </c>
+      <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" t="s">
+        <v>122</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>31</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>115</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>116</v>
+      </c>
+      <c r="M22" t="s">
+        <v>117</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>123</v>
+      </c>
+      <c r="P22" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>125</v>
+      </c>
+      <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" t="s">
+        <v>114</v>
+      </c>
+      <c r="D23" t="s">
+        <v>127</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>115</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>116</v>
+      </c>
+      <c r="M23" t="s">
+        <v>117</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>128</v>
+      </c>
+      <c r="P23" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>130</v>
+      </c>
+      <c r="B24" t="s">
+        <v>131</v>
+      </c>
+      <c r="C24" t="s">
+        <v>114</v>
+      </c>
+      <c r="D24" t="s">
+        <v>55</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>115</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>132</v>
+      </c>
+      <c r="M24" t="s">
+        <v>117</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>133</v>
+      </c>
+      <c r="P24" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>135</v>
+      </c>
+      <c r="B25" t="s">
+        <v>136</v>
+      </c>
+      <c r="C25" t="s">
+        <v>114</v>
+      </c>
+      <c r="D25" t="s">
+        <v>137</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>115</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>138</v>
+      </c>
+      <c r="M25" t="s">
+        <v>117</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>139</v>
+      </c>
+      <c r="P25" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>141</v>
+      </c>
+      <c r="B26" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" t="s">
+        <v>143</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>31</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>115</v>
+      </c>
+      <c r="K26" t="s">
+        <v>144</v>
+      </c>
+      <c r="L26" t="s">
+        <v>145</v>
+      </c>
+      <c r="M26" t="s">
+        <v>117</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>146</v>
+      </c>
+      <c r="P26" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>148</v>
+      </c>
+      <c r="B27" t="s">
+        <v>149</v>
+      </c>
+      <c r="C27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" t="s">
+        <v>150</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>31</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>115</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>151</v>
+      </c>
+      <c r="M27" t="s">
+        <v>117</v>
+      </c>
+      <c r="N27" t="s">
+        <v>152</v>
+      </c>
+      <c r="O27" t="s">
+        <v>153</v>
+      </c>
+      <c r="P27" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
+        <v>114</v>
+      </c>
+      <c r="D28" t="s">
+        <v>157</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>115</v>
+      </c>
+      <c r="K28" t="s">
+        <v>144</v>
+      </c>
+      <c r="L28" t="s">
+        <v>158</v>
+      </c>
+      <c r="M28" t="s">
+        <v>117</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>159</v>
+      </c>
+      <c r="P28" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>161</v>
+      </c>
+      <c r="B29" t="s">
+        <v>162</v>
+      </c>
+      <c r="C29" t="s">
+        <v>114</v>
+      </c>
+      <c r="D29" t="s">
+        <v>157</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>31</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>115</v>
+      </c>
+      <c r="K29" t="s">
+        <v>144</v>
+      </c>
+      <c r="L29" t="s">
+        <v>163</v>
+      </c>
+      <c r="M29" t="s">
+        <v>117</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>164</v>
+      </c>
+      <c r="P29" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>166</v>
+      </c>
+      <c r="B30" t="s">
+        <v>167</v>
+      </c>
+      <c r="C30" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" t="s">
         <v>36</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J7" t="s">
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>31</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>115</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>168</v>
+      </c>
+      <c r="M30" t="s">
+        <v>117</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>169</v>
+      </c>
+      <c r="P30" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>171</v>
+      </c>
+      <c r="B31" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" t="s">
+        <v>114</v>
+      </c>
+      <c r="D31" t="s">
+        <v>36</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...581 lines deleted...]
-      <c r="G21">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="H21">
+      <c r="I31">
         <v>2014</v>
       </c>
-      <c r="I21" t="s">
-[...441 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="K31" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>76</v>
+        <v>168</v>
       </c>
       <c r="M31" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="N31" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>173</v>
+      </c>
+      <c r="P31" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>113</v>
+        <v>175</v>
       </c>
       <c r="B32" t="s">
-        <v>73</v>
+        <v>176</v>
       </c>
       <c r="C32" t="s">
         <v>114</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>177</v>
       </c>
       <c r="E32" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>31</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2013</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2014</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="K32" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="N32" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>179</v>
+      </c>
+      <c r="P32" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>117</v>
+        <v>181</v>
       </c>
       <c r="B33" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="C33" t="s">
         <v>114</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>177</v>
       </c>
       <c r="E33" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2013</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2014</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
+        <v>115</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>183</v>
+      </c>
+      <c r="M33" t="s">
+        <v>117</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>184</v>
+      </c>
+      <c r="P33" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>186</v>
+      </c>
+      <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
+        <v>114</v>
+      </c>
+      <c r="D34" t="s">
+        <v>188</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K33" t="s">
-[...31 lines deleted...]
-      <c r="G34">
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2013</v>
       </c>
-      <c r="H34">
+      <c r="I34">
         <v>2014</v>
       </c>
-      <c r="I34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" t="s">
+        <v>115</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>189</v>
+      </c>
+      <c r="M34" t="s">
+        <v>117</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>190</v>
+      </c>
+      <c r="P34"/>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C35" t="s">
+        <v>114</v>
+      </c>
+      <c r="D35" t="s">
+        <v>65</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>31</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>115</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>189</v>
+      </c>
+      <c r="M35" t="s">
+        <v>117</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>193</v>
+      </c>
+      <c r="P35" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
+        <v>196</v>
+      </c>
+      <c r="C36" t="s">
+        <v>114</v>
+      </c>
+      <c r="D36" t="s">
+        <v>197</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...31 lines deleted...]
-      <c r="G35">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>115</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>198</v>
+      </c>
+      <c r="M36" t="s">
+        <v>117</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>199</v>
+      </c>
+      <c r="P36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>201</v>
+      </c>
+      <c r="B37" t="s">
+        <v>202</v>
+      </c>
+      <c r="C37" t="s">
+        <v>114</v>
+      </c>
+      <c r="D37" t="s">
+        <v>203</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>115</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>116</v>
+      </c>
+      <c r="M37" t="s">
+        <v>117</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>204</v>
+      </c>
+      <c r="P37" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>206</v>
+      </c>
+      <c r="B38" t="s">
+        <v>207</v>
+      </c>
+      <c r="C38" t="s">
+        <v>114</v>
+      </c>
+      <c r="D38" t="s">
+        <v>208</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>115</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>209</v>
+      </c>
+      <c r="M38" t="s">
+        <v>117</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>210</v>
+      </c>
+      <c r="P38" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>212</v>
+      </c>
+      <c r="B39" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" t="s">
+        <v>114</v>
+      </c>
+      <c r="D39" t="s">
+        <v>214</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2012</v>
       </c>
-      <c r="H35">
+      <c r="I39">
         <v>2013</v>
       </c>
-      <c r="I35" t="s">
-[...2 lines deleted...]
-      <c r="J35" t="s">
+      <c r="J39" t="s">
+        <v>115</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>215</v>
+      </c>
+      <c r="M39" t="s">
+        <v>117</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>216</v>
+      </c>
+      <c r="P39" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>218</v>
+      </c>
+      <c r="B40" t="s">
+        <v>219</v>
+      </c>
+      <c r="C40" t="s">
+        <v>114</v>
+      </c>
+      <c r="D40" t="s">
+        <v>143</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...31 lines deleted...]
-      <c r="G36">
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
         <v>2013</v>
       </c>
-      <c r="H36">
-[...40 lines deleted...]
-      <c r="G37">
+      <c r="J40" t="s">
+        <v>115</v>
+      </c>
+      <c r="K40" t="s">
+        <v>144</v>
+      </c>
+      <c r="L40" t="s">
+        <v>220</v>
+      </c>
+      <c r="M40" t="s">
+        <v>117</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>221</v>
+      </c>
+      <c r="P40" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>223</v>
+      </c>
+      <c r="B41" t="s">
+        <v>224</v>
+      </c>
+      <c r="C41" t="s">
+        <v>114</v>
+      </c>
+      <c r="D41" t="s">
+        <v>225</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41">
         <v>2013</v>
       </c>
-      <c r="H37">
-[...160 lines deleted...]
-      <c r="C41" t="s">
+      <c r="J41" t="s">
+        <v>115</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
         <v>145</v>
       </c>
-      <c r="D41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M41" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="N41" t="s">
-        <v>146</v>
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>226</v>
+      </c>
+      <c r="P41" t="s">
+        <v>227</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>