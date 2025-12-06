--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,182 +12,207 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -451,277 +476,304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="68" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="778.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="174.529" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2000</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2000</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>31</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...12 lines deleted...]
-      <c r="N2" t="s">
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...64 lines deleted...]
-        <v>30</v>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>