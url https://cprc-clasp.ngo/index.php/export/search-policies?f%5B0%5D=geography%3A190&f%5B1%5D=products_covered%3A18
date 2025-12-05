--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,188 +12,219 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -457,319 +488,352 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="68" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="201.665" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2001</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2001</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...106 lines deleted...]
-        <v>32</v>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>