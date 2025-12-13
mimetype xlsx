--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -12,290 +12,354 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+  </si>
+  <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -559,567 +623,636 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="362.054" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="198.095" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="179.242" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>2005</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>33</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>33</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...5 lines deleted...]
-        <v>23</v>
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...28 lines deleted...]
-        <v>29</v>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...48 lines deleted...]
-      <c r="C5" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>41</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
+        <v>85</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" t="s">
         <v>25</v>
       </c>
-      <c r="D5" t="s">
-[...280 lines deleted...]
-        <v>66</v>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>