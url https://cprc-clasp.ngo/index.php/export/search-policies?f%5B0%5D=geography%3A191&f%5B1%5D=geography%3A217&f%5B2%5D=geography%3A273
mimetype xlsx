--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -321,53 +321,50 @@
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
@@ -404,50 +401,62 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -535,53 +544,50 @@
     <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
     <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
     <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
   </si>
   <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
     <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
@@ -1002,61 +1008,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P24"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="198.095" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="170.958" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1508,716 +1514,760 @@
       <c r="K10" t="s">
         <v>37</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>38</v>
       </c>
       <c r="O10" t="s">
         <v>91</v>
       </c>
       <c r="P10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>92</v>
       </c>
       <c r="B11" t="s">
         <v>93</v>
       </c>
       <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H11">
         <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K11" t="s">
         <v>37</v>
       </c>
       <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
         <v>102</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K12" t="s">
         <v>37</v>
       </c>
       <c r="L12" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="M12" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="P12" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="B13"/>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>107</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
-      <c r="I13">
-[...1 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F14" t="s">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H14">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
       <c r="J14" t="s">
         <v>46</v>
       </c>
       <c r="K14" t="s">
         <v>37</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="P14" t="s">
-        <v>118</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>54</v>
+        <v>116</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>117</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="M15" t="s">
-        <v>55</v>
+        <v>119</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="P15" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
         <v>53</v>
       </c>
       <c r="D16" t="s">
-        <v>126</v>
+        <v>54</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>109</v>
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2014</v>
       </c>
       <c r="I16">
         <v>2024</v>
       </c>
       <c r="J16" t="s">
         <v>76</v>
       </c>
       <c r="K16" t="s">
         <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="M16" t="s">
         <v>55</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C17" t="s">
         <v>53</v>
       </c>
       <c r="D17" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="H17">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="I17">
         <v>2024</v>
       </c>
       <c r="J17" t="s">
         <v>76</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="M17" t="s">
         <v>55</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B18" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H18">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="I18">
         <v>2024</v>
       </c>
       <c r="J18" t="s">
         <v>76</v>
       </c>
       <c r="K18" t="s">
         <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="M18" t="s">
         <v>55</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="P18" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B19" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="E19" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>96</v>
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
-      <c r="I19"/>
+      <c r="I19">
+        <v>2024</v>
+      </c>
       <c r="J19" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
       <c r="L19" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="M19" t="s">
         <v>55</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="P19" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B20" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20" t="s">
-        <v>151</v>
+        <v>68</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H20"/>
+        <v>95</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>69</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="M20" t="s">
         <v>55</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B21" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
-        <v>157</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>153</v>
       </c>
       <c r="G21" t="s">
-        <v>109</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>159</v>
+        <v>69</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
-      <c r="L21"/>
+      <c r="L21" t="s">
+        <v>154</v>
+      </c>
       <c r="M21" t="s">
-        <v>160</v>
+        <v>55</v>
       </c>
       <c r="N21" t="s">
         <v>38</v>
       </c>
       <c r="O21" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="P21" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="B22" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C22" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D22" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>45</v>
       </c>
       <c r="G22" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="H22">
         <v>2009</v>
       </c>
       <c r="I22">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="J22" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="K22" t="s">
         <v>37</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="N22" t="s">
         <v>38</v>
       </c>
       <c r="O22" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="P22" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B23" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C23" t="s">
-        <v>53</v>
+        <v>159</v>
       </c>
       <c r="D23" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>45</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H23">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
       <c r="J23" t="s">
-        <v>61</v>
+        <v>161</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>55</v>
+        <v>162</v>
       </c>
       <c r="N23" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="O23" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="P23" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C24" t="s">
-        <v>157</v>
+        <v>53</v>
       </c>
       <c r="D24" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="G24" t="s">
-        <v>109</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>159</v>
+        <v>61</v>
       </c>
       <c r="K24" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>160</v>
+        <v>55</v>
       </c>
       <c r="N24" t="s">
+        <v>49</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>159</v>
+      </c>
+      <c r="D25" t="s">
+        <v>176</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>90</v>
+      </c>
+      <c r="G25" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>161</v>
+      </c>
+      <c r="K25" t="s">
+        <v>177</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>162</v>
+      </c>
+      <c r="N25" t="s">
         <v>38</v>
       </c>
-      <c r="O24" t="s">
-[...3 lines deleted...]
-        <v>177</v>
+      <c r="O25" t="s">
+        <v>178</v>
+      </c>
+      <c r="P25" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">