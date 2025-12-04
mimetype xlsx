--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,305 +12,315 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Resolucion No. 40122/16</t>
-[...5 lines deleted...]
-    <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
+  </si>
+  <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>Biomass Stoves</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Biomass</t>
+  </si>
+  <si>
+    <t>Uganda National Bureau of Standards (UNBS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid, Productive Use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
+    <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
+  </si>
+  <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
+    <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
+  </si>
+  <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...94 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,601 +584,532 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="213" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="470.599" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="107.26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>64</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>66</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" t="s">
+        <v>51</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...274 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      <c r="A10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
-[...116 lines deleted...]
-        <v>71</v>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>