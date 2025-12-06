--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,434 +12,549 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
-[...2 lines deleted...]
-    <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>June 2024</t>
+  </si>
+  <si>
+    <t>IS 16102 (part 2)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
+  </si>
+  <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
+    <t>Resolucion No. 40122/16</t>
+  </si>
+  <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
+    <t>Cuba</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...55 lines deleted...]
-  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -703,1065 +818,1152 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="198.095" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2009</v>
       </c>
-      <c r="H3">
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2009</v>
       </c>
-      <c r="H4">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="I11">
+        <v>2022</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>92</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>95</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>92</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>95</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>96</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>107</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>107</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>107</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" t="s">
+        <v>120</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E18" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18">
+        <v>2023</v>
+      </c>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="L18" t="s">
+        <v>126</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...11 lines deleted...]
-      <c r="J5" t="s">
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>107</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="L19" t="s">
+        <v>132</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>133</v>
+      </c>
+      <c r="P19" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>135</v>
+      </c>
+      <c r="B20" t="s">
+        <v>100</v>
+      </c>
+      <c r="C20" t="s">
+        <v>92</v>
+      </c>
+      <c r="D20" t="s">
+        <v>136</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>137</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>95</v>
+      </c>
+      <c r="K20" t="s">
+        <v>138</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>96</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...90 lines deleted...]
-      <c r="G8">
+      <c r="D21" t="s">
+        <v>143</v>
+      </c>
+      <c r="E21" t="s">
+        <v>107</v>
+      </c>
+      <c r="F21" t="s">
+        <v>144</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2011</v>
       </c>
-      <c r="H8">
-[...569 lines deleted...]
-        <v>75</v>
+      <c r="I21">
+        <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>105</v>
-[...4 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="K21" t="s">
+        <v>146</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="N21" t="s">
-        <v>106</v>
-[...41 lines deleted...]
-        <v>114</v>
+        <v>148</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>