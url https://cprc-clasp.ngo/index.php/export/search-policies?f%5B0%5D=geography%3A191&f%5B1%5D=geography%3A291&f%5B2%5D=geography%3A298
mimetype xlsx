--- v0 (2025-12-11)
+++ v1 (2026-02-24)
@@ -589,72 +589,72 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -697,60 +697,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -798,156 +798,156 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
     <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
@@ -2781,94 +2781,94 @@
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>158</v>
       </c>
       <c r="B25" t="s">
         <v>159</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>160</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>146</v>
       </c>
       <c r="G25" t="s">
         <v>50</v>
       </c>
       <c r="H25">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>161</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>150</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>162</v>
       </c>
       <c r="P25" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>163</v>
       </c>
       <c r="B26" t="s">
         <v>164</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>67</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>146</v>
       </c>
       <c r="G26" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
       <c r="I26">
         <v>2019</v>
       </c>
       <c r="J26" t="s">
         <v>148</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>150</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>165</v>
       </c>
       <c r="P26" t="s">
         <v>152</v>
@@ -2922,54 +2922,54 @@
         <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>169</v>
       </c>
       <c r="B28" t="s">
         <v>170</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>171</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>146</v>
       </c>
       <c r="G28" t="s">
         <v>50</v>
       </c>
-      <c r="H28">
+      <c r="H28"/>
+      <c r="I28">
         <v>2024</v>
       </c>
-      <c r="I28"/>
       <c r="J28" t="s">
         <v>161</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>150</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>172</v>
       </c>
       <c r="P28" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>173</v>
       </c>
       <c r="B29" t="s">
@@ -3162,54 +3162,54 @@
       </c>
       <c r="P32" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>190</v>
       </c>
       <c r="B33" t="s">
         <v>191</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>192</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>146</v>
       </c>
       <c r="G33" t="s">
-        <v>50</v>
+        <v>147</v>
       </c>
       <c r="H33">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>161</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>150</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>193</v>
       </c>
       <c r="P33" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>194</v>
@@ -3354,51 +3354,51 @@
       </c>
       <c r="P36" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>207</v>
       </c>
       <c r="B37" t="s">
         <v>208</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>209</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>140</v>
       </c>
       <c r="G37" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="H37">
         <v>2015</v>
       </c>
       <c r="I37">
         <v>2019</v>
       </c>
       <c r="J37" t="s">
         <v>148</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
         <v>210</v>
       </c>
       <c r="M37" t="s">
         <v>150</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>211</v>
       </c>
@@ -3498,149 +3498,149 @@
       </c>
       <c r="P39" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>218</v>
       </c>
       <c r="B40" t="s">
         <v>219</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>82</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>140</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2022</v>
       </c>
       <c r="J40" t="s">
         <v>148</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
         <v>220</v>
       </c>
       <c r="M40" t="s">
         <v>150</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>221</v>
       </c>
       <c r="P40" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>222</v>
       </c>
       <c r="B41" t="s">
         <v>223</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>82</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>140</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41">
         <v>2025</v>
       </c>
       <c r="J41" t="s">
         <v>161</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>150</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>224</v>
       </c>
       <c r="P41" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>225</v>
       </c>
       <c r="B42" t="s">
         <v>226</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>104</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>140</v>
       </c>
       <c r="G42" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
       <c r="I42">
         <v>2022</v>
       </c>
       <c r="J42" t="s">
         <v>148</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
         <v>227</v>
       </c>
       <c r="M42" t="s">
         <v>150</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>228</v>
       </c>
@@ -3696,51 +3696,53 @@
         <v>198</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>232</v>
       </c>
       <c r="B44" t="s">
         <v>233</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>87</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>140</v>
       </c>
       <c r="G44" t="s">
         <v>50</v>
       </c>
-      <c r="H44"/>
+      <c r="H44">
+        <v>2024</v>
+      </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>161</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>150</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>234</v>
       </c>
       <c r="P44" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>235</v>
       </c>