--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,513 +12,700 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
-    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
+    <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -782,1589 +969,1704 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>82</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>40</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>41</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>71</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>40</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>92</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>98</v>
+      </c>
+      <c r="G14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>41</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>41</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>40</v>
+      </c>
+      <c r="H17">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-[...7 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>40</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>40</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>41</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>41</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>122</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>40</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>41</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>127</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...119 lines deleted...]
-      <c r="L5" t="s">
+      <c r="K22" t="s">
+        <v>140</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>143</v>
+      </c>
+      <c r="B23" t="s">
+        <v>144</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>145</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
         <v>40</v>
-      </c>
-[...749 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
-      <c r="I23" t="s">
-        <v>34</v>
+      <c r="I23">
+        <v>2015</v>
       </c>
       <c r="J23" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L23" t="s">
+        <v>41</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>146</v>
+      </c>
+      <c r="P23" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>148</v>
+      </c>
+      <c r="B24" t="s">
+        <v>149</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>150</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>40</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>41</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>92</v>
+      </c>
+      <c r="O24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P24" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>153</v>
+      </c>
+      <c r="B25" t="s">
+        <v>154</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>155</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>40</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>41</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>156</v>
+      </c>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>157</v>
+      </c>
+      <c r="P25" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>159</v>
+      </c>
+      <c r="B26" t="s">
+        <v>160</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>161</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>40</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>76</v>
+      </c>
+      <c r="K26" t="s">
+        <v>162</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>92</v>
+      </c>
+      <c r="O26" t="s">
+        <v>163</v>
+      </c>
+      <c r="P26" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>165</v>
+      </c>
+      <c r="B27" t="s">
+        <v>166</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>167</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>40</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>41</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>168</v>
+      </c>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>169</v>
+      </c>
+      <c r="P27" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>171</v>
+      </c>
+      <c r="B28" t="s">
+        <v>172</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>173</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>40</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>41</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>168</v>
+      </c>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>174</v>
+      </c>
+      <c r="P28" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>173</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
         <v>22</v>
       </c>
-      <c r="M23" t="s">
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>41</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>168</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" t="s">
+        <v>181</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>182</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>40</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2021</v>
+      </c>
+      <c r="J30" t="s">
+        <v>76</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>183</v>
+      </c>
+      <c r="P30" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>185</v>
+      </c>
+      <c r="B31" t="s">
+        <v>186</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>182</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>41</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>187</v>
+      </c>
+      <c r="P31" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>189</v>
+      </c>
+      <c r="B32" t="s">
+        <v>53</v>
+      </c>
+      <c r="C32" t="s">
+        <v>46</v>
+      </c>
+      <c r="D32" t="s">
+        <v>190</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>191</v>
+      </c>
+      <c r="G32" t="s">
+        <v>40</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32">
+        <v>2016</v>
+      </c>
+      <c r="J32" t="s">
+        <v>48</v>
+      </c>
+      <c r="K32" t="s">
+        <v>192</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>49</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>193</v>
+      </c>
+      <c r="P32" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>195</v>
+      </c>
+      <c r="B33" t="s">
+        <v>196</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>197</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>40</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="N23" t="s">
-[...419 lines deleted...]
-      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N33" t="s">
-        <v>131</v>
-[...83 lines deleted...]
-        <v>139</v>
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>198</v>
+      </c>
+      <c r="P33" t="s">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>