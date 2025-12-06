--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,224 +12,249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-1</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -493,385 +518,430 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="451.747" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="176.814" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>34</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...9 lines deleted...]
-      <c r="D3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="F3" t="s">
-[...7 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>35</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="L3" t="s">
-[...6 lines deleted...]
-        <v>27</v>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
         <v>29</v>
       </c>
-      <c r="D4" t="s">
-[...112 lines deleted...]
-      <c r="C7" t="s">
+      <c r="G7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="G7">
+      <c r="H7">
         <v>2017</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>42</v>
       </c>
-      <c r="K7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K7" t="s">
+        <v>49</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
         <v>43</v>
       </c>
       <c r="N7" t="s">
-        <v>44</v>
+        <v>50</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>