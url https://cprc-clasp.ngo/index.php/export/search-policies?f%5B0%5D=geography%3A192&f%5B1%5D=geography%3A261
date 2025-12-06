--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,668 +12,992 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1188/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1185/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-1</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
+  </si>
+  <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -937,2387 +1261,2736 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N58"/>
+  <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>31</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>32</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>51</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>32</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>51</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...8 lines deleted...]
-      <c r="G3">
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>43</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>79</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>32</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>86</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>32</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>95</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>1979</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>79</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>32</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>86</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>32</v>
+      </c>
+      <c r="O15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>107</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>32</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>107</v>
+      </c>
+      <c r="G17" t="s">
+        <v>113</v>
+      </c>
+      <c r="H17">
         <v>2015</v>
       </c>
-      <c r="H3"/>
-[...22 lines deleted...]
-      <c r="C4" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>31</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>32</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>112</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>107</v>
+      </c>
+      <c r="G18" t="s">
+        <v>113</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>31</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>32</v>
+      </c>
+      <c r="O18" t="s">
+        <v>116</v>
+      </c>
+      <c r="P18" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
         <v>30</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>107</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2015</v>
       </c>
-      <c r="H4"/>
-[...11 lines deleted...]
-      <c r="N4" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>120</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>32</v>
+      </c>
+      <c r="O19" t="s">
+        <v>121</v>
+      </c>
+      <c r="P19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>107</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
         <v>31</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H5">
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>32</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>129</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>107</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>107</v>
+      </c>
+      <c r="G22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...17 lines deleted...]
-      <c r="A6" t="s">
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>32</v>
+      </c>
+      <c r="O22" t="s">
+        <v>135</v>
+      </c>
+      <c r="P22" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>137</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>139</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>107</v>
+      </c>
+      <c r="G23" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>140</v>
+      </c>
+      <c r="P23" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>137</v>
+      </c>
+      <c r="B24" t="s">
+        <v>138</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>139</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>107</v>
+      </c>
+      <c r="G24" t="s">
+        <v>43</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>142</v>
+      </c>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>143</v>
+      </c>
+      <c r="P24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>107</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>32</v>
+      </c>
+      <c r="O25" t="s">
+        <v>148</v>
+      </c>
+      <c r="P25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>150</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>147</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>107</v>
+      </c>
+      <c r="G26" t="s">
+        <v>43</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>32</v>
+      </c>
+      <c r="O26" t="s">
+        <v>151</v>
+      </c>
+      <c r="P26" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>153</v>
+      </c>
+      <c r="B27" t="s">
+        <v>154</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>155</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>107</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>32</v>
+      </c>
+      <c r="O27" t="s">
+        <v>156</v>
+      </c>
+      <c r="P27" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>158</v>
+      </c>
+      <c r="B28" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>107</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>73</v>
+      </c>
+      <c r="M28"/>
+      <c r="N28" t="s">
+        <v>32</v>
+      </c>
+      <c r="O28" t="s">
+        <v>160</v>
+      </c>
+      <c r="P28" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>162</v>
+      </c>
+      <c r="B29" t="s">
+        <v>163</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>107</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>32</v>
+      </c>
+      <c r="O29" t="s">
+        <v>165</v>
+      </c>
+      <c r="P29" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>167</v>
+      </c>
+      <c r="B30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>169</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>25</v>
+      </c>
+      <c r="O30" t="s">
+        <v>170</v>
+      </c>
+      <c r="P30" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>172</v>
+      </c>
+      <c r="B31" t="s">
+        <v>173</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>174</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>107</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>32</v>
+      </c>
+      <c r="O31" t="s">
+        <v>175</v>
+      </c>
+      <c r="P31" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>179</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>107</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>79</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>32</v>
+      </c>
+      <c r="O32" t="s">
+        <v>180</v>
+      </c>
+      <c r="P32" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>182</v>
+      </c>
+      <c r="B33" t="s">
+        <v>183</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>184</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>107</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>32</v>
+      </c>
+      <c r="O33" t="s">
+        <v>185</v>
+      </c>
+      <c r="P33" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>187</v>
+      </c>
+      <c r="B34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>85</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>107</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>86</v>
+      </c>
+      <c r="L34" t="s">
+        <v>189</v>
+      </c>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>32</v>
+      </c>
+      <c r="O34" t="s">
+        <v>190</v>
+      </c>
+      <c r="P34" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35" t="s">
+        <v>193</v>
+      </c>
+      <c r="C35" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35" t="s">
+        <v>78</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>107</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>79</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35"/>
+      <c r="N35" t="s">
+        <v>32</v>
+      </c>
+      <c r="O35" t="s">
+        <v>194</v>
+      </c>
+      <c r="P35" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>197</v>
+      </c>
+      <c r="C36" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36" t="s">
+        <v>101</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>107</v>
+      </c>
+      <c r="G36" t="s">
+        <v>43</v>
+      </c>
+      <c r="H36">
+        <v>1992</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>198</v>
+      </c>
+      <c r="K36" t="s">
+        <v>199</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>200</v>
+      </c>
+      <c r="N36" t="s">
+        <v>32</v>
+      </c>
+      <c r="O36" t="s">
+        <v>201</v>
+      </c>
+      <c r="P36" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>202</v>
+      </c>
+      <c r="B37" t="s">
+        <v>203</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>204</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>107</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>32</v>
+      </c>
+      <c r="O37" t="s">
+        <v>205</v>
+      </c>
+      <c r="P37" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>207</v>
+      </c>
+      <c r="B38" t="s">
+        <v>208</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>209</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>107</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2015</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38"/>
+      <c r="N38" t="s">
+        <v>25</v>
+      </c>
+      <c r="O38" t="s">
+        <v>210</v>
+      </c>
+      <c r="P38" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>212</v>
+      </c>
+      <c r="B39" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>214</v>
+      </c>
+      <c r="E39" t="s">
+        <v>215</v>
+      </c>
+      <c r="F39" t="s">
+        <v>216</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>217</v>
+      </c>
+      <c r="K39" t="s">
+        <v>218</v>
+      </c>
+      <c r="L39" t="s">
+        <v>189</v>
+      </c>
+      <c r="M39" t="s">
+        <v>219</v>
+      </c>
+      <c r="N39" t="s">
+        <v>32</v>
+      </c>
+      <c r="O39" t="s">
+        <v>220</v>
+      </c>
+      <c r="P39" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>212</v>
+      </c>
+      <c r="B40" t="s">
+        <v>222</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>222</v>
+      </c>
+      <c r="E40" t="s">
+        <v>215</v>
+      </c>
+      <c r="F40" t="s">
+        <v>216</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>217</v>
+      </c>
+      <c r="K40" t="s">
+        <v>218</v>
+      </c>
+      <c r="L40" t="s">
+        <v>189</v>
+      </c>
+      <c r="M40" t="s">
+        <v>219</v>
+      </c>
+      <c r="N40" t="s">
+        <v>32</v>
+      </c>
+      <c r="O40" t="s">
+        <v>223</v>
+      </c>
+      <c r="P40" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>212</v>
+      </c>
+      <c r="B41" t="s">
+        <v>224</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
-[...40 lines deleted...]
-      <c r="C7" t="s">
+      <c r="E41" t="s">
+        <v>215</v>
+      </c>
+      <c r="F41" t="s">
+        <v>216</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>217</v>
+      </c>
+      <c r="K41" t="s">
+        <v>225</v>
+      </c>
+      <c r="L41" t="s">
+        <v>189</v>
+      </c>
+      <c r="M41" t="s">
+        <v>219</v>
+      </c>
+      <c r="N41" t="s">
+        <v>32</v>
+      </c>
+      <c r="O41" t="s">
+        <v>226</v>
+      </c>
+      <c r="P41" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>212</v>
+      </c>
+      <c r="B42" t="s">
+        <v>227</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>228</v>
+      </c>
+      <c r="E42" t="s">
+        <v>215</v>
+      </c>
+      <c r="F42" t="s">
+        <v>216</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>217</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>219</v>
+      </c>
+      <c r="N42" t="s">
+        <v>32</v>
+      </c>
+      <c r="O42" t="s">
+        <v>229</v>
+      </c>
+      <c r="P42" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>212</v>
+      </c>
+      <c r="B43" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>231</v>
+      </c>
+      <c r="E43" t="s">
+        <v>215</v>
+      </c>
+      <c r="F43" t="s">
+        <v>216</v>
+      </c>
+      <c r="G43" t="s">
         <v>43</v>
-      </c>
-[...1424 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
-      <c r="I43" t="s">
-        <v>144</v>
+      <c r="I43">
+        <v>2015</v>
       </c>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>217</v>
       </c>
       <c r="K43" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>146</v>
+        <v>189</v>
       </c>
       <c r="M43" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N43" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O43" t="s">
+        <v>232</v>
+      </c>
+      <c r="P43" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>140</v>
+        <v>212</v>
       </c>
       <c r="B44" t="s">
-        <v>15</v>
+        <v>233</v>
       </c>
       <c r="C44" t="s">
-        <v>156</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>142</v>
+        <v>234</v>
       </c>
       <c r="E44" t="s">
-        <v>143</v>
+        <v>215</v>
       </c>
       <c r="F44" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>216</v>
+      </c>
+      <c r="G44" t="s">
+        <v>43</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
-      <c r="I44" t="s">
-        <v>144</v>
+      <c r="I44">
+        <v>2015</v>
       </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>217</v>
       </c>
       <c r="K44" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>146</v>
+        <v>189</v>
       </c>
       <c r="M44" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N44" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O44" t="s">
+        <v>235</v>
+      </c>
+      <c r="P44" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>140</v>
+        <v>212</v>
       </c>
       <c r="B45" t="s">
-        <v>15</v>
+        <v>236</v>
       </c>
       <c r="C45" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>142</v>
+        <v>237</v>
       </c>
       <c r="E45" t="s">
-        <v>143</v>
+        <v>215</v>
       </c>
       <c r="F45" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>216</v>
+      </c>
+      <c r="G45" t="s">
+        <v>43</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
-      <c r="I45" t="s">
-        <v>144</v>
+      <c r="I45">
+        <v>2015</v>
       </c>
       <c r="J45" t="s">
+        <v>217</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>189</v>
+      </c>
+      <c r="M45" t="s">
+        <v>219</v>
+      </c>
+      <c r="N45" t="s">
+        <v>32</v>
+      </c>
+      <c r="O45" t="s">
+        <v>238</v>
+      </c>
+      <c r="P45" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>239</v>
+      </c>
+      <c r="B46" t="s">
+        <v>240</v>
+      </c>
+      <c r="C46" t="s">
+        <v>241</v>
+      </c>
+      <c r="D46" t="s">
+        <v>242</v>
+      </c>
+      <c r="E46" t="s">
+        <v>215</v>
+      </c>
+      <c r="F46" t="s">
+        <v>107</v>
+      </c>
+      <c r="G46" t="s">
+        <v>243</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>244</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>245</v>
+      </c>
+      <c r="N46" t="s">
+        <v>32</v>
+      </c>
+      <c r="O46" t="s">
+        <v>246</v>
+      </c>
+      <c r="P46" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>239</v>
+      </c>
+      <c r="B47" t="s">
+        <v>240</v>
+      </c>
+      <c r="C47" t="s">
+        <v>241</v>
+      </c>
+      <c r="D47" t="s">
+        <v>242</v>
+      </c>
+      <c r="E47" t="s">
+        <v>215</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...36 lines deleted...]
-      <c r="J46" t="s">
+      <c r="G47" t="s">
+        <v>243</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>244</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>248</v>
+      </c>
+      <c r="M47" t="s">
+        <v>245</v>
+      </c>
+      <c r="N47" t="s">
+        <v>32</v>
+      </c>
+      <c r="O47" t="s">
+        <v>249</v>
+      </c>
+      <c r="P47" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>250</v>
+      </c>
+      <c r="B48" t="s">
+        <v>240</v>
+      </c>
+      <c r="C48" t="s">
+        <v>241</v>
+      </c>
+      <c r="D48" t="s">
+        <v>251</v>
+      </c>
+      <c r="E48" t="s">
+        <v>215</v>
+      </c>
+      <c r="F48" t="s">
+        <v>107</v>
+      </c>
+      <c r="G48" t="s">
+        <v>243</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>244</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>245</v>
+      </c>
+      <c r="N48" t="s">
+        <v>32</v>
+      </c>
+      <c r="O48" t="s">
+        <v>252</v>
+      </c>
+      <c r="P48" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>250</v>
+      </c>
+      <c r="B49" t="s">
+        <v>240</v>
+      </c>
+      <c r="C49" t="s">
+        <v>241</v>
+      </c>
+      <c r="D49" t="s">
+        <v>251</v>
+      </c>
+      <c r="E49" t="s">
+        <v>215</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K46"/>
-[...34 lines deleted...]
-      <c r="J47" t="s">
+      <c r="G49" t="s">
+        <v>243</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>244</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>245</v>
+      </c>
+      <c r="N49" t="s">
+        <v>32</v>
+      </c>
+      <c r="O49" t="s">
+        <v>253</v>
+      </c>
+      <c r="P49" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>254</v>
+      </c>
+      <c r="B50" t="s">
+        <v>255</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>256</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...107 lines deleted...]
-      <c r="G50">
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2021</v>
       </c>
-      <c r="H50"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K50"/>
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
       <c r="L50"/>
-      <c r="M50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M50"/>
       <c r="N50" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O50" t="s">
+        <v>257</v>
+      </c>
+      <c r="P50" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>173</v>
+        <v>254</v>
       </c>
       <c r="B51" t="s">
-        <v>15</v>
+        <v>259</v>
       </c>
       <c r="C51" t="s">
-        <v>174</v>
+        <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>256</v>
       </c>
       <c r="E51" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>107</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2021</v>
       </c>
-      <c r="H51"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K51"/>
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
       <c r="L51"/>
-      <c r="M51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M51"/>
       <c r="N51" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O51" t="s">
+        <v>260</v>
+      </c>
+      <c r="P51" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>177</v>
+        <v>262</v>
       </c>
       <c r="B52" t="s">
-        <v>15</v>
+        <v>263</v>
       </c>
       <c r="C52" t="s">
-        <v>178</v>
+        <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>264</v>
       </c>
       <c r="E52" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>107</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2021</v>
       </c>
-      <c r="H52"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K52"/>
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
       <c r="L52"/>
-      <c r="M52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M52"/>
       <c r="N52" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O52" t="s">
+        <v>265</v>
+      </c>
+      <c r="P52" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>180</v>
+        <v>266</v>
       </c>
       <c r="B53" t="s">
-        <v>15</v>
+        <v>267</v>
       </c>
       <c r="C53" t="s">
-        <v>181</v>
+        <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>268</v>
       </c>
       <c r="E53" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>107</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2021</v>
       </c>
-      <c r="H53"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K53"/>
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
       <c r="L53"/>
-      <c r="M53" t="s">
+      <c r="M53"/>
+      <c r="N53" t="s">
+        <v>25</v>
+      </c>
+      <c r="O53" t="s">
+        <v>269</v>
+      </c>
+      <c r="P53" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>270</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>62</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>107</v>
+      </c>
+      <c r="G54" t="s">
         <v>22</v>
       </c>
-      <c r="N53" t="s">
-[...22 lines deleted...]
-      <c r="G54">
+      <c r="H54">
         <v>2021</v>
       </c>
-      <c r="H54"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K54"/>
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
       <c r="L54"/>
-      <c r="M54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M54"/>
       <c r="N54" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O54" t="s">
+        <v>272</v>
+      </c>
+      <c r="P54" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>185</v>
+        <v>274</v>
       </c>
       <c r="B55" t="s">
-        <v>15</v>
+        <v>275</v>
       </c>
       <c r="C55" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="E55" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>107</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2021</v>
       </c>
-      <c r="H55"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K55"/>
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
       <c r="L55"/>
-      <c r="M55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M55"/>
       <c r="N55" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O55" t="s">
+        <v>276</v>
+      </c>
+      <c r="P55" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>187</v>
+        <v>278</v>
       </c>
       <c r="B56" t="s">
-        <v>15</v>
+        <v>279</v>
       </c>
       <c r="C56" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="E56" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G56">
+        <v>107</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2021</v>
       </c>
-      <c r="H56"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K56"/>
+        <v>23</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
       <c r="L56"/>
-      <c r="M56" t="s">
+      <c r="M56"/>
+      <c r="N56" t="s">
+        <v>25</v>
+      </c>
+      <c r="O56" t="s">
+        <v>280</v>
+      </c>
+      <c r="P56" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>282</v>
+      </c>
+      <c r="B57" t="s">
+        <v>283</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>49</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>107</v>
+      </c>
+      <c r="G57" t="s">
         <v>22</v>
       </c>
-      <c r="N56" t="s">
-[...22 lines deleted...]
-      <c r="G57">
+      <c r="H57">
         <v>2021</v>
       </c>
-      <c r="H57"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I57"/>
       <c r="J57" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K57"/>
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
       <c r="L57"/>
-      <c r="M57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M57"/>
       <c r="N57" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O57" t="s">
+        <v>284</v>
+      </c>
+      <c r="P57" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>191</v>
+        <v>286</v>
       </c>
       <c r="B58" t="s">
-        <v>15</v>
+        <v>287</v>
       </c>
       <c r="C58" t="s">
-        <v>145</v>
+        <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E58" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>107</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2021</v>
       </c>
-      <c r="H58"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="K58"/>
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>79</v>
+      </c>
       <c r="L58"/>
-      <c r="M58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M58"/>
       <c r="N58" t="s">
-        <v>192</v>
+        <v>25</v>
+      </c>
+      <c r="O58" t="s">
+        <v>288</v>
+      </c>
+      <c r="P58" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>