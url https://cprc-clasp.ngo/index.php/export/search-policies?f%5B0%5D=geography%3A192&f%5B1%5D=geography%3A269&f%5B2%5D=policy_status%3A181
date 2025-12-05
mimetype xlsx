--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,257 +12,311 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -526,533 +580,596 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="126" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="398.617" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="128.54" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...70 lines deleted...]
-        <v>2018</v>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2018</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...30 lines deleted...]
-        <v>2018</v>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2018</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>49</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10" t="s">
         <v>39</v>
       </c>
-      <c r="K6"/>
-[...3 lines deleted...]
-      <c r="M6" t="s">
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...98 lines deleted...]
-      <c r="C9" t="s">
+      <c r="L10" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...70 lines deleted...]
-        <v>55</v>
+      <c r="O10" t="s">
+        <v>68</v>
+      </c>
+      <c r="P10" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>