--- v0 (2025-12-10)
+++ v1 (2026-02-24)
@@ -2415,51 +2415,51 @@
       </c>
       <c r="P23" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>148</v>
       </c>
       <c r="B24" t="s">
         <v>149</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>37</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>38</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24">
         <v>2024</v>
       </c>
       <c r="J24" t="s">
         <v>150</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>151</v>
       </c>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>152</v>
       </c>