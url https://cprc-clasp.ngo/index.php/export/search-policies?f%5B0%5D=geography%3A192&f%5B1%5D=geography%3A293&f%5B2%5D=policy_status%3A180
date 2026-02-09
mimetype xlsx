--- v0 (2025-10-14)
+++ v1 (2026-02-09)
@@ -12,209 +12,228 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-1</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,345 +497,384 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="103" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="363.197" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>34</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...9 lines deleted...]
-      <c r="D3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="F3" t="s">
-[...7 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>35</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>42</v>
+      </c>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="L3" t="s">
-[...122 lines deleted...]
-        <v>39</v>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>