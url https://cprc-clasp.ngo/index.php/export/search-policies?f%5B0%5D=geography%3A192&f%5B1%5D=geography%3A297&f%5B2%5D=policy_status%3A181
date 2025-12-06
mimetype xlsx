--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,218 +12,248 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamp Ballasts</t>
   </si>
   <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>AS/NZ 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -487,359 +517,398 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="98" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="146" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="379.764" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="84.836" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2018</v>
       </c>
-      <c r="H3"/>
-[...12 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...119 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>42</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>