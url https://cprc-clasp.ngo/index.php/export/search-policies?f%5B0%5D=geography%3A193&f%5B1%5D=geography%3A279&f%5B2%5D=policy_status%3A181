--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,362 +12,441 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
-    <t>BDS 1734:2003</t>
-[...4 lines deleted...]
-  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072-0</t>
   </si>
   <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -631,1019 +710,1154 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="232.229" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1991</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>1986</v>
+      </c>
+      <c r="I3">
+        <v>2006</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...11 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...69 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>37</v>
       </c>
-      <c r="L5" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...9 lines deleted...]
-      <c r="J6" t="s">
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>39</v>
       </c>
-      <c r="L6" t="s">
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>69</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...16 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...9 lines deleted...]
-      <c r="J7" t="s">
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>79</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>82</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H13">
+        <v>1990</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...16 lines deleted...]
-      <c r="E8" t="s">
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8">
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1990</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1990</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>91</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2012</v>
       </c>
-      <c r="H8"/>
-[...3 lines deleted...]
-      <c r="J8" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>95</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>68</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>100</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>101</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>102</v>
+      </c>
+      <c r="P17" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" t="s">
+        <v>57</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
+        <v>32</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>100</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>101</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>106</v>
+      </c>
+      <c r="P18" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>108</v>
+      </c>
+      <c r="B19" t="s">
+        <v>105</v>
+      </c>
+      <c r="C19" t="s">
+        <v>98</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...2 lines deleted...]
-      <c r="L8" t="s">
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
-[...40 lines deleted...]
-      <c r="L9" t="s">
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>100</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>101</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>109</v>
+      </c>
+      <c r="P19" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" t="s">
+        <v>111</v>
+      </c>
+      <c r="C20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" t="s">
+        <v>73</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>68</v>
+      </c>
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="M9" t="s">
-[...40 lines deleted...]
-      <c r="L10" t="s">
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>100</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>101</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>112</v>
+      </c>
+      <c r="P20" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" t="s">
+        <v>98</v>
+      </c>
+      <c r="D21" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>68</v>
+      </c>
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="M10" t="s">
-[...38 lines deleted...]
-      <c r="L11" t="s">
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>100</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>101</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>114</v>
+      </c>
+      <c r="P21" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>115</v>
+      </c>
+      <c r="B22" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" t="s">
+        <v>37</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>68</v>
+      </c>
+      <c r="G22" t="s">
         <v>22</v>
       </c>
-      <c r="M11" t="s">
-[...429 lines deleted...]
-      <c r="G22">
+      <c r="H22">
         <v>2010</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="N22" t="s">
-        <v>90</v>
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>116</v>
+      </c>
+      <c r="P22" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>