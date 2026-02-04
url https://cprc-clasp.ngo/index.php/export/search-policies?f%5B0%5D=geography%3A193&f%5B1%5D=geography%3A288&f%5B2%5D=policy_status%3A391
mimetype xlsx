--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,328 +12,399 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -597,707 +668,794 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="78" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="122" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="527.157" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1979</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...24 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1994</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>32</v>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1992</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...14 lines deleted...]
-      <c r="K4" t="s">
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
         <v>38</v>
       </c>
-      <c r="L4" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
-    <row r="5" spans="1:14">
-[...173 lines deleted...]
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2006</v>
       </c>
-      <c r="I9" t="s">
-        <v>56</v>
+      <c r="I9">
+        <v>2006</v>
       </c>
       <c r="J9" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>76</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>76</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-        <v>61</v>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...18 lines deleted...]
-      <c r="G10">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2006</v>
       </c>
-      <c r="H10">
+      <c r="I12">
         <v>2008</v>
       </c>
-      <c r="I10" t="s">
-[...9 lines deleted...]
-      <c r="M10" t="s">
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-        <v>63</v>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...34 lines deleted...]
-      <c r="M11" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-        <v>66</v>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...34 lines deleted...]
-      <c r="M12" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>95</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>97</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...79 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="N14" t="s">
-        <v>78</v>
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>