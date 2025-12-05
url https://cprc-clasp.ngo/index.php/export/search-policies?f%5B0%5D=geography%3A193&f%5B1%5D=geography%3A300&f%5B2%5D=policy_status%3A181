--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,302 +12,367 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072-0</t>
   </si>
   <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
   </si>
   <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -571,727 +636,820 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="513.018" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="232.229" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>49</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>2002</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>48</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>62</v>
+      </c>
+      <c r="M9" t="s">
+        <v>50</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>63</v>
+      </c>
+      <c r="P9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>48</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>50</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>67</v>
+      </c>
+      <c r="P10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>48</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>50</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>70</v>
+      </c>
+      <c r="P11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>48</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>75</v>
+      </c>
+      <c r="M12" t="s">
+        <v>50</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>76</v>
+      </c>
+      <c r="P12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>78</v>
+      </c>
+      <c r="B13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>81</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>50</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>82</v>
+      </c>
+      <c r="P13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>48</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>86</v>
+      </c>
+      <c r="M14" t="s">
+        <v>50</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L15"/>
+      <c r="M15" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N15" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...107 lines deleted...]
-      <c r="N5" t="s">
+      <c r="O15" t="s">
+        <v>91</v>
+      </c>
+      <c r="P15" t="s">
         <v>35</v>
-      </c>
-[...412 lines deleted...]
-        <v>70</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>