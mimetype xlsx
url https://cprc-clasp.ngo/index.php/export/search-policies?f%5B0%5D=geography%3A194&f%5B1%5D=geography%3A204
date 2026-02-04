--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,269 +12,339 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
+  </si>
+  <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,591 +608,666 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="485.881" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2019</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>27</v>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
-[...12 lines deleted...]
-      <c r="I4" t="s">
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...3 lines deleted...]
-      <c r="L4" t="s">
+      <c r="F9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>58</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...6 lines deleted...]
-      <c r="C5" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...12 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...3 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F10" t="s">
+        <v>64</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>65</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...22 lines deleted...]
-      <c r="I6" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>75</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...3 lines deleted...]
-      <c r="L6" t="s">
+      <c r="F12" t="s">
+        <v>64</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...133 lines deleted...]
-      <c r="C10" t="s">
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>57</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>58</v>
+      </c>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...106 lines deleted...]
-        <v>59</v>
+      <c r="O12" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>