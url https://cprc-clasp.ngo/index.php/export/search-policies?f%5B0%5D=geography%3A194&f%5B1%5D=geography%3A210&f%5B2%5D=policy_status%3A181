--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,432 +12,571 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
+  </si>
+  <si>
     <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
+  </si>
+  <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -701,1071 +840,1212 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="373.909" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>78</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>100</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>71</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>115</v>
+      </c>
+      <c r="M16" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...11 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...13 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>128</v>
+      </c>
+      <c r="G18" t="s">
+        <v>71</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>129</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>130</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>128</v>
+      </c>
+      <c r="G19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>129</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>130</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>128</v>
+      </c>
+      <c r="G20" t="s">
+        <v>71</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>129</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>130</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>126</v>
+      </c>
+      <c r="D21" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...150 lines deleted...]
-      <c r="I7" t="s">
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...78 lines deleted...]
-      <c r="G9">
+      <c r="F21" t="s">
+        <v>128</v>
+      </c>
+      <c r="G21" t="s">
+        <v>71</v>
+      </c>
+      <c r="H21">
         <v>2019</v>
       </c>
-      <c r="H9"/>
-[...184 lines deleted...]
-      <c r="A14" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>129</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>130</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>143</v>
+      </c>
+      <c r="P21" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>126</v>
+      </c>
+      <c r="D22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>128</v>
+      </c>
+      <c r="G22" t="s">
         <v>71</v>
       </c>
-      <c r="B14" t="s">
-[...182 lines deleted...]
-      <c r="G18">
+      <c r="H22">
         <v>2019</v>
       </c>
-      <c r="H18"/>
-[...36 lines deleted...]
-      <c r="G19">
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>129</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>130</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>148</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>126</v>
+      </c>
+      <c r="D23" t="s">
+        <v>152</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>128</v>
+      </c>
+      <c r="G23" t="s">
+        <v>71</v>
+      </c>
+      <c r="H23">
         <v>2019</v>
       </c>
-      <c r="H19"/>
-[...64 lines deleted...]
-      <c r="C21" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>129</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>130</v>
+      </c>
+      <c r="N23" t="s">
         <v>27</v>
       </c>
-      <c r="D21" t="s">
-[...106 lines deleted...]
-        <v>108</v>
+      <c r="O23" t="s">
+        <v>153</v>
+      </c>
+      <c r="P23" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>