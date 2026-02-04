--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,273 +104,195 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -382,70 +304,50 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...18 lines deleted...]
-  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
@@ -457,50 +359,53 @@
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
   </si>
   <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
   </si>
   <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
   </si>
   <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
   </si>
   <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
@@ -840,65 +745,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P23"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="314.923" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -983,1033 +888,747 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H13">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="E14" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H14">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H15">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H16">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H17">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>122</v>
       </c>
       <c r="P17" t="s">
         <v>123</v>
-      </c>
-[...274 lines deleted...]
-        <v>154</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">