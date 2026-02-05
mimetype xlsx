--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -12,285 +12,220 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...19 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...31 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
@@ -693,65 +628,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P15"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="314.923" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -792,681 +727,493 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2014</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
         <v>56</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2019</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
+        <v>60</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
         <v>81</v>
-      </c>
-[...7 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2019</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
-[...12 lines deleted...]
-      <c r="D12" t="s">
         <v>86</v>
-      </c>
-[...168 lines deleted...]
-        <v>107</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">