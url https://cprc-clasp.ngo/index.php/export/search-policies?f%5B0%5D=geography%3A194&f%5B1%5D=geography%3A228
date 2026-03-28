--- v1 (2026-02-03)
+++ v2 (2026-03-28)
@@ -1305,66 +1305,66 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
     <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
@@ -3087,51 +3087,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P179"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -7038,136 +7038,136 @@
         <v>65</v>
       </c>
       <c r="K85" t="s">
         <v>51</v>
       </c>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>404</v>
       </c>
       <c r="P85" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>406</v>
       </c>
       <c r="B86" t="s">
         <v>407</v>
       </c>
       <c r="C86" t="s">
-        <v>18</v>
+        <v>191</v>
       </c>
       <c r="D86" t="s">
         <v>196</v>
       </c>
       <c r="E86" t="s">
         <v>63</v>
       </c>
       <c r="F86" t="s">
         <v>205</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>1992</v>
       </c>
       <c r="I86">
         <v>2013</v>
       </c>
       <c r="J86" t="s">
+        <v>330</v>
+      </c>
+      <c r="K86" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>71</v>
+        <v>409</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
         <v>410</v>
       </c>
       <c r="P86" t="s">
-        <v>411</v>
+        <v>227</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>406</v>
       </c>
       <c r="B87" t="s">
         <v>407</v>
       </c>
       <c r="C87" t="s">
-        <v>191</v>
+        <v>18</v>
       </c>
       <c r="D87" t="s">
         <v>196</v>
       </c>
       <c r="E87" t="s">
         <v>63</v>
       </c>
       <c r="F87" t="s">
         <v>205</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>1992</v>
       </c>
       <c r="I87">
         <v>2013</v>
       </c>
       <c r="J87" t="s">
-        <v>330</v>
+        <v>411</v>
       </c>
       <c r="K87" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
+        <v>71</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
         <v>412</v>
       </c>
-      <c r="N87" t="s">
-[...2 lines deleted...]
-      <c r="O87" t="s">
+      <c r="P87" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>414</v>
       </c>
       <c r="B88" t="s">
         <v>415</v>
       </c>
       <c r="C88" t="s">
         <v>61</v>
       </c>
       <c r="D88" t="s">
         <v>416</v>
       </c>
       <c r="E88" t="s">
         <v>63</v>
       </c>
       <c r="F88" t="s">
         <v>205</v>
       </c>
       <c r="G88" t="s">
         <v>44</v>
       </c>
       <c r="H88">