--- v0 (2025-10-15)
+++ v1 (2025-12-18)
@@ -12,365 +12,339 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
+    <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>National Energy Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...40 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
-    <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
-[...5 lines deleted...]
-    <t>SI 4665-1</t>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
-[...34 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
-    <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
-[...17 lines deleted...]
-    <t>Electricity, Solar</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
-[...13 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
-    <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -634,975 +608,666 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1993</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K10" t="s">
         <v>24</v>
       </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>70</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>72</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...363 lines deleted...]
-      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="N12" t="s">
-        <v>61</v>
-[...242 lines deleted...]
-      <c r="L18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
         <v>81</v>
       </c>
-      <c r="M18" t="s">
-[...2 lines deleted...]
-      <c r="N18" t="s">
+      <c r="P12" t="s">
         <v>82</v>
-      </c>
-[...124 lines deleted...]
-        <v>91</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>