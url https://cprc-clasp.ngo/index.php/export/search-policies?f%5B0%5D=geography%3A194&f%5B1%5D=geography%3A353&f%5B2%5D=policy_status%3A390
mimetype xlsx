--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,584 +12,450 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>National Energy Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...371 lines deleted...]
-    <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
-[...61 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
+  </si>
+  <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -853,1847 +719,1054 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N41"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="314.923" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>73</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>75</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...14 lines deleted...]
-      <c r="L2" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>82</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>87</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>93</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>94</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>95</v>
+      </c>
+      <c r="P15" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...31 lines deleted...]
-      <c r="C4" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>32</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2019</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>93</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>94</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>99</v>
+      </c>
+      <c r="P16" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...61 lines deleted...]
-      <c r="M5" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>93</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...40 lines deleted...]
-      <c r="M6" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>94</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>103</v>
+      </c>
+      <c r="P17" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" t="s">
+        <v>107</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>32</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>93</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...36 lines deleted...]
-      <c r="M7" t="s">
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>94</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>108</v>
+      </c>
+      <c r="P18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>91</v>
+      </c>
+      <c r="D19" t="s">
+        <v>112</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>32</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>93</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...38 lines deleted...]
-      <c r="M8" t="s">
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>94</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>113</v>
+      </c>
+      <c r="P19" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>115</v>
+      </c>
+      <c r="B20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C20" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>32</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>93</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...504 lines deleted...]
-      <c r="K20" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
         <v>94</v>
       </c>
-      <c r="L20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N20" t="s">
-        <v>95</v>
-[...254 lines deleted...]
-      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
         <v>118</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" t="s">
+      <c r="P20" t="s">
         <v>119</v>
       </c>
-      <c r="B27" t="s">
-[...617 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>