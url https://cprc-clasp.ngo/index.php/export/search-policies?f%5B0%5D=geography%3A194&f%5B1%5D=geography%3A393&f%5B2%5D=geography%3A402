--- v0 (2025-10-12)
+++ v1 (2026-02-24)
@@ -12,260 +12,316 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
+  </si>
+  <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -529,471 +585,528 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="572.003" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...21 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
-        <v>36</v>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...18 lines deleted...]
-      <c r="G4">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
         <v>2019</v>
       </c>
-      <c r="H4"/>
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...7 lines deleted...]
-        <v>42</v>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...18 lines deleted...]
-      <c r="G5">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
         <v>2019</v>
       </c>
-      <c r="H5"/>
-[...53 lines deleted...]
-      <c r="N6" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>47</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>48</v>
       </c>
-      <c r="B7" t="s">
-[...110 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>56</v>
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>