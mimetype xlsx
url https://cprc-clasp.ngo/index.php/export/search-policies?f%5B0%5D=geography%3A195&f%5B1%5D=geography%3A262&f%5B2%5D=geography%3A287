--- v0 (2025-11-12)
+++ v1 (2025-12-28)
@@ -12,136 +12,175 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="437">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
     <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>December 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
   </si>
   <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
     <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
   </si>
   <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
     <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
@@ -191,104 +230,101 @@
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
@@ -584,50 +620,53 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
@@ -805,82 +844,107 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
-    <t>July 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
@@ -997,86 +1061,77 @@
     <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
   <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
     <t>The document specifies the MEPS  requirement for chillers</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
     <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
   </si>
   <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for televisions.</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
@@ -1096,231 +1151,213 @@
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
     <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
     <t>https://rise.esmap.org/country/guatemala</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-3</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...22 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1710,65 +1747,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P79"/>
+  <dimension ref="A1:P80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1809,3679 +1846,3723 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="I3">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3"/>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="J4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H6">
         <v>2014</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
         <v>55</v>
       </c>
-      <c r="E7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H7">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="I7">
         <v>2014</v>
       </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="L7" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>59</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
         <v>62</v>
       </c>
-      <c r="F8" t="s">
+      <c r="L8" t="s">
         <v>63</v>
       </c>
-      <c r="G8" t="s">
-[...6 lines deleted...]
-      <c r="J8" t="s">
+      <c r="M8" t="s">
         <v>38</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K9" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K10" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="E11" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H11">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K11" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L11" t="s">
         <v>81</v>
       </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="E12" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="I12">
         <v>2019</v>
       </c>
       <c r="J12" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="M12" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N12" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>94</v>
+        <v>49</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
       <c r="M13" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N13" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G14" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H14">
+        <v>1998</v>
+      </c>
+      <c r="I14">
         <v>2019</v>
       </c>
-      <c r="I14"/>
       <c r="J14" t="s">
-        <v>38</v>
+        <v>104</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="P14" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H15">
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="I15">
         <v>2019</v>
       </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
       <c r="M15" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N15" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G16" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H16">
+        <v>1997</v>
+      </c>
+      <c r="I16">
         <v>2019</v>
       </c>
-      <c r="I16"/>
       <c r="J16" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N16" t="s">
-        <v>65</v>
+        <v>98</v>
       </c>
       <c r="O16" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E17" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G17" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H17">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
-      <c r="M17"/>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
       <c r="N17" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="O17" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="P17" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="D18" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="E18" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H18">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="I18">
         <v>2023</v>
       </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>122</v>
+        <v>49</v>
       </c>
       <c r="K18" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="P18" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>73</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1995</v>
+      </c>
+      <c r="I19">
+        <v>2023</v>
+      </c>
+      <c r="J19" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" t="s">
         <v>62</v>
       </c>
-      <c r="F19" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="L19" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="M19" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="P19" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B20" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E20" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G20" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H20">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K20" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="L20"/>
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>139</v>
+      </c>
       <c r="M20" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="P20" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B21" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="E21" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G21" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H21">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K21" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="P21" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B22" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C22" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="E22" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H22">
-        <v>1979</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K22" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="P22" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="D23" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>73</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1979</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>49</v>
+      </c>
+      <c r="K23" t="s">
         <v>62</v>
-      </c>
-[...14 lines deleted...]
-        <v>135</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="P23" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B24" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="E24" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>156</v>
+        <v>73</v>
       </c>
       <c r="G24" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H24">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="P24" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B25" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="E25" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G25" t="s">
-        <v>162</v>
+        <v>55</v>
       </c>
       <c r="H25">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K25" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="L25"/>
-      <c r="M25"/>
+      <c r="M25" t="s">
+        <v>74</v>
+      </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="P25" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
+        <v>171</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>166</v>
       </c>
-      <c r="C26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G26" t="s">
-        <v>44</v>
+        <v>172</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K26" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="L26"/>
-      <c r="M26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M26"/>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="P26" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B27" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>171</v>
+        <v>54</v>
       </c>
       <c r="E27" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G27" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H27">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K27" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N27" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="P27" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B28" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E28" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H28">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N28" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="O28" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="P28" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B29" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E29" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N29" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="O29" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="P29" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="E30" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>192</v>
       </c>
       <c r="H30">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>188</v>
+        <v>74</v>
       </c>
       <c r="N30" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="P30" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B31" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="E31" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G31" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31">
         <v>2019</v>
       </c>
-      <c r="I31"/>
       <c r="J31" t="s">
-        <v>194</v>
+        <v>49</v>
       </c>
       <c r="K31" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-      <c r="M31"/>
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>198</v>
+      </c>
+      <c r="M31" t="s">
+        <v>199</v>
+      </c>
       <c r="N31" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="O31" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="P31" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B32" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>99</v>
+        <v>204</v>
       </c>
       <c r="E32" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G32" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H32">
         <v>2019</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>38</v>
+        <v>205</v>
       </c>
       <c r="K32" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="L32"/>
-      <c r="M32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M32"/>
       <c r="N32" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="O32" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="P32" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="E33" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H33">
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="I33">
         <v>2019</v>
       </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>203</v>
+        <v>49</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="P33" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B34" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="E34" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>38</v>
+        <v>214</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="P34" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="B35" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="C35" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="E35" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I35">
         <v>2019</v>
       </c>
       <c r="J35" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="P35" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B36" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="C36" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D36" t="s">
-        <v>217</v>
+        <v>115</v>
       </c>
       <c r="E36" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2010</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>87</v>
+        <v>223</v>
       </c>
       <c r="M36" t="s">
-        <v>218</v>
+        <v>74</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="P36" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B37" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C37" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>110</v>
+        <v>228</v>
       </c>
       <c r="E37" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G37" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37">
         <v>2019</v>
       </c>
-      <c r="I37"/>
       <c r="J37" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>97</v>
+      </c>
       <c r="M37" t="s">
-        <v>64</v>
+        <v>229</v>
       </c>
       <c r="N37" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="P37" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>227</v>
+        <v>120</v>
       </c>
       <c r="E38" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H38">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I38">
         <v>2019</v>
       </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N38" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="O38" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="P38" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="B39" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="C39" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>238</v>
       </c>
       <c r="E39" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G39" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H39">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
       <c r="J39" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
-      <c r="M39"/>
+      <c r="M39" t="s">
+        <v>74</v>
+      </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="P39" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="B40" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="C40" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="D40" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="E40" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G40" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H40">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I40">
         <v>2023</v>
       </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>122</v>
+        <v>49</v>
       </c>
       <c r="K40" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L40"/>
-      <c r="M40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M40"/>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="P40" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="B41" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C41" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>241</v>
+        <v>131</v>
       </c>
       <c r="E41" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H41">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I41">
         <v>2023</v>
       </c>
       <c r="J41" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="K41" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>64</v>
+        <v>247</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="P41" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B42" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="C42" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D42" t="s">
-        <v>70</v>
+        <v>252</v>
       </c>
       <c r="E42" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I42">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J42" t="s">
-        <v>246</v>
+        <v>49</v>
       </c>
       <c r="K42" t="s">
-        <v>247</v>
+        <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="P42" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B43" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C43" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>252</v>
+        <v>80</v>
       </c>
       <c r="E43" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="I43">
         <v>2024</v>
       </c>
       <c r="J43" t="s">
-        <v>253</v>
+        <v>23</v>
       </c>
       <c r="K43" t="s">
-        <v>24</v>
+        <v>257</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N43" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="P43" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B44" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C44" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>262</v>
       </c>
       <c r="E44" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G44" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H44">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I44"/>
+        <v>2024</v>
+      </c>
+      <c r="I44">
+        <v>2024</v>
+      </c>
       <c r="J44" t="s">
-        <v>38</v>
+        <v>263</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
-      <c r="L44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N44" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="O44" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="P44" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="B45" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C45" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="D45" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E45" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G45" t="s">
-        <v>44</v>
+        <v>269</v>
       </c>
       <c r="H45">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>38</v>
+        <v>270</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>271</v>
+      </c>
       <c r="M45" t="s">
-        <v>64</v>
+        <v>272</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="P45" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="B46" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="C46" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>252</v>
+        <v>138</v>
       </c>
       <c r="E46" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G46" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H46">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="L46"/>
+      <c r="L46" t="s">
+        <v>139</v>
+      </c>
       <c r="M46" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N46" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="P46" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="B47" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C47" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="E47" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G47" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="P47" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="B48" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="C48" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D48" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="E48" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G48" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H48">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K48" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N48" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="O48" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="P48" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="B49" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="C49" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D49" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="E49" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G49" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H49">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>94</v>
+        <v>49</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="P49" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="B50" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="C50" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>134</v>
+        <v>295</v>
       </c>
       <c r="E50" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G50" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H50">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>94</v>
+        <v>49</v>
       </c>
       <c r="K50" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="P50" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="B51" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="C51" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="E51" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H51">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="I51">
         <v>2013</v>
       </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>291</v>
+        <v>104</v>
       </c>
       <c r="K51" t="s">
-        <v>292</v>
+        <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="P51" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="B52" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="C52" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D52" t="s">
-        <v>297</v>
+        <v>144</v>
       </c>
       <c r="E52" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G52" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H52">
         <v>2013</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="K52" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L52"/>
+        <v>145</v>
+      </c>
+      <c r="L52" t="s">
+        <v>305</v>
+      </c>
       <c r="M52" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="P52" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="B53" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="C53" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D53" t="s">
-        <v>302</v>
+        <v>160</v>
       </c>
       <c r="E53" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G53" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H53">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I53"/>
+        <v>1992</v>
+      </c>
+      <c r="I53">
+        <v>2013</v>
+      </c>
       <c r="J53" t="s">
-        <v>38</v>
+        <v>310</v>
       </c>
       <c r="K53" t="s">
-        <v>24</v>
+        <v>311</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N53" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="P53" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="B54" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="C54" t="s">
-        <v>307</v>
+        <v>32</v>
       </c>
       <c r="D54" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="E54" t="s">
-        <v>309</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G54" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="H54"/>
+        <v>55</v>
+      </c>
+      <c r="H54">
+        <v>2013</v>
+      </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>311</v>
+        <v>36</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>312</v>
+        <v>74</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="P54"/>
+        <v>317</v>
+      </c>
+      <c r="P54" t="s">
+        <v>318</v>
+      </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B55" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="C55" t="s">
-        <v>307</v>
+        <v>32</v>
       </c>
       <c r="D55" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="E55" t="s">
-        <v>309</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>317</v>
+        <v>166</v>
       </c>
       <c r="G55" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="H55"/>
+        <v>55</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>311</v>
+        <v>49</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>318</v>
+        <v>74</v>
       </c>
       <c r="N55" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="O55" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="P55" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B56" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C56" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>61</v>
+        <v>326</v>
       </c>
       <c r="E56" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="F56" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G56" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="P56"/>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="B57" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="C57" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>19</v>
+        <v>334</v>
       </c>
       <c r="E57" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="F57" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="L57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>318</v>
+        <v>26</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="P57" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>337</v>
+      </c>
+      <c r="B58" t="s">
+        <v>338</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>72</v>
+      </c>
+      <c r="E58" t="s">
+        <v>327</v>
+      </c>
+      <c r="F58" t="s">
+        <v>166</v>
+      </c>
+      <c r="G58" t="s">
         <v>328</v>
-      </c>
-[...16 lines deleted...]
-        <v>310</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
-      <c r="L58" t="s">
+      <c r="L58"/>
+      <c r="M58" t="s">
         <v>330</v>
       </c>
-      <c r="M58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="P58"/>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="B59" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="C59" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>271</v>
+        <v>33</v>
       </c>
       <c r="E59" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="F59" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="L59"/>
+      <c r="L59" t="s">
+        <v>342</v>
+      </c>
       <c r="M59" t="s">
-        <v>318</v>
+        <v>26</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="P59" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B60" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="C60" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="E60" t="s">
-        <v>62</v>
+        <v>327</v>
       </c>
       <c r="F60" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="H60"/>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
-      <c r="L60"/>
+      <c r="L60" t="s">
+        <v>346</v>
+      </c>
       <c r="M60" t="s">
-        <v>318</v>
+        <v>26</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="P60" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="B61" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="C61" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>342</v>
+        <v>290</v>
       </c>
       <c r="E61" t="s">
-        <v>62</v>
+        <v>327</v>
       </c>
       <c r="F61" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="H61"/>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>343</v>
+        <v>26</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="P61" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="B62" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C62" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="E62" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H62">
         <v>2023</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>343</v>
+        <v>26</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="P62" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="B63" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="C63" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="E63" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I63">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J63" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="P63" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>362</v>
+      </c>
+      <c r="B64" t="s">
+        <v>363</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>33</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>55</v>
+      </c>
+      <c r="H64">
+        <v>2023</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
         <v>353</v>
-      </c>
-[...25 lines deleted...]
-        <v>337</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="P64" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="B65" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="C65" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="E65" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H65">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I65"/>
+        <v>2022</v>
+      </c>
+      <c r="I65">
+        <v>2024</v>
+      </c>
       <c r="J65" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="P65" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="B66" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="C66" t="s">
-        <v>363</v>
+        <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>342</v>
+        <v>371</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>156</v>
+        <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>310</v>
+        <v>22</v>
       </c>
       <c r="H66"/>
-      <c r="I66"/>
+      <c r="I66">
+        <v>2024</v>
+      </c>
       <c r="J66" t="s">
-        <v>56</v>
+        <v>353</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="P66" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="B67" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="C67" t="s">
-        <v>363</v>
+        <v>18</v>
       </c>
       <c r="D67" t="s">
-        <v>342</v>
+        <v>375</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="H67"/>
+        <v>55</v>
+      </c>
+      <c r="H67">
+        <v>2025</v>
+      </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>56</v>
+        <v>353</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="P67" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="B68" t="s">
-        <v>362</v>
+        <v>378</v>
       </c>
       <c r="C68" t="s">
-        <v>363</v>
+        <v>379</v>
       </c>
       <c r="D68" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="E68" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F68" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G68" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="H68"/>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>364</v>
+        <v>380</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="P68" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="B69" t="s">
-        <v>362</v>
+        <v>378</v>
       </c>
       <c r="C69" t="s">
-        <v>363</v>
+        <v>379</v>
       </c>
       <c r="D69" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="E69" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F69" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G69" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="H69"/>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>364</v>
+        <v>380</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>370</v>
+        <v>383</v>
       </c>
       <c r="P69" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
+        <v>384</v>
+      </c>
+      <c r="B70" t="s">
+        <v>378</v>
+      </c>
+      <c r="C70" t="s">
+        <v>379</v>
+      </c>
+      <c r="D70" t="s">
         <v>371</v>
       </c>
-      <c r="B70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E70" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F70" t="s">
-        <v>317</v>
+        <v>166</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="H70"/>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>246</v>
+        <v>67</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="L70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>318</v>
+        <v>380</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="P70" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="B71" t="s">
         <v>378</v>
       </c>
       <c r="C71" t="s">
-        <v>307</v>
+        <v>379</v>
       </c>
       <c r="D71" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="E71" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F71" t="s">
-        <v>317</v>
+        <v>73</v>
       </c>
       <c r="G71" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="H71"/>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>311</v>
+        <v>67</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
-      <c r="L71" t="s">
+      <c r="L71"/>
+      <c r="M71" t="s">
         <v>380</v>
       </c>
-      <c r="M71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="P71" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B72" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C72" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>355</v>
+        <v>389</v>
       </c>
       <c r="E72" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="M72" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="P72" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="B73" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C73" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>390</v>
+        <v>371</v>
       </c>
       <c r="E73" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>44</v>
+        <v>395</v>
       </c>
       <c r="H73">
         <v>2021</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="M73" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="P73" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="B74" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="C74" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D74" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="E74" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H74">
         <v>2021</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="M74" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="P74" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="B75" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="C75" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D75" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="E75" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>44</v>
+        <v>408</v>
       </c>
       <c r="H75">
         <v>2021</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
-      <c r="L75"/>
+      <c r="L75" t="s">
+        <v>409</v>
+      </c>
       <c r="M75" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="P75" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="B76" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="C76" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>342</v>
+        <v>414</v>
       </c>
       <c r="E76" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H76">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="L76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>318</v>
+        <v>26</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="P76" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="B77" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="C77" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>412</v>
+        <v>358</v>
       </c>
       <c r="E77" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I77">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J77" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="M77" t="s">
-        <v>318</v>
+        <v>26</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="P77" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="B78" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="C78" t="s">
         <v>18</v>
       </c>
       <c r="D78" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>156</v>
+        <v>73</v>
       </c>
       <c r="G78" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H78">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I78"/>
+        <v>2013</v>
+      </c>
+      <c r="I78">
+        <v>2016</v>
+      </c>
       <c r="J78" t="s">
-        <v>38</v>
+        <v>329</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
-      <c r="L78"/>
-      <c r="M78"/>
+      <c r="L78" t="s">
+        <v>425</v>
+      </c>
+      <c r="M78" t="s">
+        <v>26</v>
+      </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="P78" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="B79" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="C79" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="D79" t="s">
-        <v>37</v>
+        <v>430</v>
       </c>
       <c r="E79" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F79" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="G79" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H79">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="P79" t="s">
-        <v>424</v>
+        <v>432</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>433</v>
+      </c>
+      <c r="B80" t="s">
+        <v>434</v>
+      </c>
+      <c r="C80" t="s">
+        <v>125</v>
+      </c>
+      <c r="D80" t="s">
+        <v>48</v>
+      </c>
+      <c r="E80" t="s">
+        <v>34</v>
+      </c>
+      <c r="F80" t="s">
+        <v>166</v>
+      </c>
+      <c r="G80" t="s">
+        <v>55</v>
+      </c>
+      <c r="H80">
+        <v>2013</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>49</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80"/>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>435</v>
+      </c>
+      <c r="P80" t="s">
+        <v>436</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">