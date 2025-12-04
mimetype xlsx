--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -12,215 +12,231 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Guyana Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -484,305 +500,336 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="122" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="170.958" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...63 lines deleted...]
-      <c r="G5"/>
       <c r="H5"/>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="K5" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="M5" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="N5" t="s">
-        <v>41</v>
-      </c>
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>