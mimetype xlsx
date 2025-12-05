--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,179 +12,198 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
+  </si>
+  <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -448,239 +467,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="89" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="552.008" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="67.127" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3">
         <v>2024</v>
       </c>
-      <c r="I2" t="s">
-[...8 lines deleted...]
-      <c r="L2" t="s">
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>29</v>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>