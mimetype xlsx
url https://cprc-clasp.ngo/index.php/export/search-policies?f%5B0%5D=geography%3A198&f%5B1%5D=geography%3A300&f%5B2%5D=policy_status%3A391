--- v0 (2025-10-13)
+++ v1 (2026-02-13)
@@ -12,215 +12,244 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -484,325 +513,358 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="235" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="513.018" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1996</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1996</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...116 lines deleted...]
-        <v>41</v>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>