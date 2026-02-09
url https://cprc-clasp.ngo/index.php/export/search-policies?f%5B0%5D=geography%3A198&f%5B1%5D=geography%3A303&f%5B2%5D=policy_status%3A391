--- v0 (2025-10-15)
+++ v1 (2026-02-09)
@@ -12,714 +12,975 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -983,1981 +1244,2242 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="235" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="561.434" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="98.976" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2021</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H3">
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...25 lines deleted...]
-      <c r="G4">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>93</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>103</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>103</v>
+      </c>
+      <c r="F15" t="s">
+        <v>112</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1996</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>104</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>106</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>74</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>93</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>96</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>93</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1997</v>
+      </c>
+      <c r="I17">
         <v>2015</v>
       </c>
-      <c r="H4">
+      <c r="J17" t="s">
+        <v>94</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>96</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>93</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" t="s">
+        <v>96</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>133</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>93</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>134</v>
+      </c>
+      <c r="M19" t="s">
+        <v>96</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>93</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>140</v>
+      </c>
+      <c r="L20" t="s">
+        <v>141</v>
+      </c>
+      <c r="M20" t="s">
+        <v>96</v>
+      </c>
+      <c r="N20" t="s">
+        <v>142</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>93</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>148</v>
+      </c>
+      <c r="M21" t="s">
+        <v>96</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>93</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2001</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>154</v>
+      </c>
+      <c r="M22" t="s">
+        <v>96</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>50</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>93</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
+      <c r="M23" t="s">
+        <v>96</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>56</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>93</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>164</v>
+      </c>
+      <c r="M24" t="s">
+        <v>96</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>165</v>
+      </c>
+      <c r="P24" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>167</v>
+      </c>
+      <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>62</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>93</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>169</v>
+      </c>
+      <c r="M25" t="s">
+        <v>96</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>170</v>
+      </c>
+      <c r="P25" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>172</v>
+      </c>
+      <c r="B26" t="s">
+        <v>173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>174</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>93</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2002</v>
+      </c>
+      <c r="I26">
+        <v>2021</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>175</v>
+      </c>
+      <c r="M26" t="s">
+        <v>96</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>180</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>93</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>181</v>
+      </c>
+      <c r="M27" t="s">
+        <v>96</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B28" t="s">
+        <v>185</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>68</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>93</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2004</v>
+      </c>
+      <c r="I28">
+        <v>2012</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>186</v>
+      </c>
+      <c r="M28" t="s">
+        <v>96</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>187</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B29" t="s">
+        <v>190</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>80</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>93</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29">
+        <v>2021</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>191</v>
+      </c>
+      <c r="M29" t="s">
+        <v>96</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>192</v>
+      </c>
+      <c r="P29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>194</v>
+      </c>
+      <c r="B30" t="s">
+        <v>195</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>50</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2001</v>
+      </c>
+      <c r="I30">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>196</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>197</v>
+      </c>
+      <c r="P30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>199</v>
+      </c>
+      <c r="B31" t="s">
+        <v>200</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>180</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1995</v>
+      </c>
+      <c r="I31">
+        <v>2019</v>
+      </c>
+      <c r="J31" t="s">
+        <v>33</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>201</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>202</v>
+      </c>
+      <c r="P31" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>204</v>
+      </c>
+      <c r="B32" t="s">
+        <v>205</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>206</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32">
+        <v>2019</v>
+      </c>
+      <c r="J32" t="s">
+        <v>33</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>207</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>208</v>
+      </c>
+      <c r="P32" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>210</v>
+      </c>
+      <c r="B33" t="s">
+        <v>211</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>212</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>213</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>214</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>215</v>
+      </c>
+      <c r="P33" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>217</v>
+      </c>
+      <c r="B34" t="s">
+        <v>218</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>219</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2001</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>33</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>220</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>221</v>
+      </c>
+      <c r="P34" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>223</v>
+      </c>
+      <c r="B35" t="s">
+        <v>224</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>174</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1995</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>33</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>225</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>226</v>
+      </c>
+      <c r="P35" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>228</v>
+      </c>
+      <c r="B36" t="s">
+        <v>229</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2004</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>33</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>231</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>232</v>
+      </c>
+      <c r="P36" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>234</v>
+      </c>
+      <c r="B37" t="s">
+        <v>235</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>236</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>33</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>237</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>238</v>
+      </c>
+      <c r="P37" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>240</v>
+      </c>
+      <c r="B38" t="s">
+        <v>241</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>242</v>
+      </c>
+      <c r="E38" t="s">
+        <v>103</v>
+      </c>
+      <c r="F38" t="s">
+        <v>112</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1997</v>
+      </c>
+      <c r="I38">
+        <v>2022</v>
+      </c>
+      <c r="J38" t="s">
+        <v>33</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>243</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>244</v>
+      </c>
+      <c r="P38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>246</v>
+      </c>
+      <c r="B39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>180</v>
+      </c>
+      <c r="E39" t="s">
+        <v>103</v>
+      </c>
+      <c r="F39" t="s">
+        <v>112</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2003</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...2 lines deleted...]
-      <c r="N4" t="s">
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>243</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>248</v>
+      </c>
+      <c r="P39" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>250</v>
+      </c>
+      <c r="B40" t="s">
+        <v>251</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>174</v>
+      </c>
+      <c r="E40" t="s">
+        <v>103</v>
+      </c>
+      <c r="F40" t="s">
+        <v>252</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2004</v>
+      </c>
+      <c r="I40">
+        <v>2021</v>
+      </c>
+      <c r="J40" t="s">
+        <v>253</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>243</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>254</v>
+      </c>
+      <c r="P40" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>256</v>
+      </c>
+      <c r="B41" t="s">
+        <v>257</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>92</v>
+      </c>
+      <c r="E41" t="s">
+        <v>103</v>
+      </c>
+      <c r="F41" t="s">
+        <v>112</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1978</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
         <v>33</v>
       </c>
-    </row>
-[...107 lines deleted...]
-      <c r="G7">
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>243</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>258</v>
+      </c>
+      <c r="P41" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>260</v>
+      </c>
+      <c r="B42" t="s">
+        <v>261</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>262</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>112</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2007</v>
+      </c>
+      <c r="I42">
         <v>2014</v>
       </c>
-      <c r="H7">
-[...8 lines deleted...]
-      <c r="K7" t="s">
+      <c r="J42" t="s">
+        <v>263</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>243</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>264</v>
+      </c>
+      <c r="P42" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>266</v>
+      </c>
+      <c r="B43" t="s">
+        <v>267</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
         <v>44</v>
       </c>
-      <c r="L7" t="s">
-[...72 lines deleted...]
-      <c r="G9">
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>112</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2014</v>
       </c>
-      <c r="H9">
-[...1479 lines deleted...]
-      <c r="H43">
+      <c r="I43">
         <v>2024</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>243</v>
       </c>
       <c r="N43" t="s">
-        <v>184</v>
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>268</v>
+      </c>
+      <c r="P43" t="s">
+        <v>269</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>