--- v0 (2025-12-12)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="894">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="895">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2545,63 +2545,66 @@
   <si>
     <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -3135,51 +3138,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -10135,635 +10138,635 @@
       <c r="H142">
         <v>2008</v>
       </c>
       <c r="I142">
         <v>2011</v>
       </c>
       <c r="J142" t="s">
         <v>94</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142" t="s">
         <v>824</v>
       </c>
       <c r="M142" t="s">
         <v>819</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
         <v>825</v>
       </c>
       <c r="P142" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B143" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C143" t="s">
         <v>816</v>
       </c>
       <c r="D143" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2009</v>
       </c>
       <c r="I143">
         <v>2011</v>
       </c>
       <c r="J143" t="s">
         <v>817</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="M143" t="s">
         <v>819</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="P143" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B144" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C144" t="s">
         <v>816</v>
       </c>
       <c r="D144" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="E144" t="s">
         <v>51</v>
       </c>
       <c r="F144" t="s">
         <v>42</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2007</v>
       </c>
       <c r="I144">
         <v>2011</v>
       </c>
       <c r="J144" t="s">
         <v>94</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="M144" t="s">
         <v>819</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="P144" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B145" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C145" t="s">
         <v>816</v>
       </c>
       <c r="D145" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>387</v>
       </c>
       <c r="G145" t="s">
         <v>61</v>
       </c>
       <c r="H145">
         <v>2007</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>817</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
       <c r="L145" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="M145" t="s">
         <v>819</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="P145" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B146" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C146" t="s">
         <v>816</v>
       </c>
       <c r="D146" t="s">
         <v>208</v>
       </c>
       <c r="E146" t="s">
         <v>51</v>
       </c>
       <c r="F146" t="s">
         <v>42</v>
       </c>
       <c r="G146" t="s">
         <v>61</v>
       </c>
       <c r="H146">
         <v>2007</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
         <v>94</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="M146" t="s">
         <v>819</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="P146" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B147" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C147" t="s">
         <v>816</v>
       </c>
       <c r="D147" t="s">
         <v>463</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>61</v>
       </c>
       <c r="H147">
         <v>2007</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
         <v>817</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="M147" t="s">
         <v>819</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="P147" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B148" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C148" t="s">
         <v>816</v>
       </c>
       <c r="D148" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E148" t="s">
         <v>51</v>
       </c>
       <c r="F148" t="s">
         <v>42</v>
       </c>
       <c r="G148" t="s">
         <v>61</v>
       </c>
       <c r="H148">
         <v>2009</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
         <v>94</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="M148" t="s">
         <v>819</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="P148" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B149" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C149" t="s">
         <v>816</v>
       </c>
       <c r="D149" t="s">
         <v>340</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>61</v>
       </c>
       <c r="H149">
         <v>2009</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
         <v>817</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="M149" t="s">
         <v>819</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="P149" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B150" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C150" t="s">
         <v>816</v>
       </c>
       <c r="D150" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2014</v>
       </c>
       <c r="I150">
         <v>2018</v>
       </c>
       <c r="J150" t="s">
         <v>817</v>
       </c>
       <c r="K150" t="s">
         <v>34</v>
       </c>
       <c r="L150" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="M150" t="s">
         <v>819</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="P150" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="B151" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C151" t="s">
         <v>18</v>
       </c>
       <c r="D151" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="E151" t="s">
         <v>51</v>
       </c>
       <c r="F151" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="G151" t="s">
         <v>61</v>
       </c>
       <c r="H151">
         <v>2007</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="K151" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="L151" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="M151" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="N151" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="O151" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="P151" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B152" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C152" t="s">
         <v>18</v>
       </c>
       <c r="D152" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="E152" t="s">
         <v>51</v>
       </c>
       <c r="F152" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="G152" t="s">
         <v>61</v>
       </c>
       <c r="H152">
         <v>2009</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="K152" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="L152" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="M152" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="N152" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="O152" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="P152" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B153" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C153" t="s">
         <v>18</v>
       </c>
       <c r="D153" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E153" t="s">
         <v>51</v>
       </c>
       <c r="F153" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
         <v>2018</v>
       </c>
       <c r="I153">
         <v>2018</v>
       </c>
       <c r="J153" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="K153" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="L153" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="M153" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="N153" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="O153" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="P153" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B154" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C154" t="s">
         <v>18</v>
       </c>
       <c r="D154" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="E154" t="s">
         <v>51</v>
       </c>
       <c r="F154" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="G154" t="s">
         <v>61</v>
       </c>
       <c r="H154">
         <v>2014</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="K154" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="L154" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="M154" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="N154" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="O154" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="P154" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">