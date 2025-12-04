--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,1753 +12,797 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="549">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>2021 Aspen Energy Code</t>
+  </si>
+  <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>City of Aspen</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
+  </si>
+  <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
-[...299 lines deleted...]
-    <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
+  </si>
+  <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
+  </si>
+  <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
+    <t>10 CFR part 431, Subpart F 431.96</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
+    <t>Networking Equipment</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
+    <t>Green Building Reach Codes for Home Renovation</t>
+  </si>
+  <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning, Water Heating</t>
+  </si>
+  <si>
+    <t>City of San Mateo</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
+  </si>
+  <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
+    <t>NOM-003-ENER-2021</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>10 CFR 431.106</t>
-[...415 lines deleted...]
-  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
-    <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...21 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
-    <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
-[...30 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
-    <t>NOM-028-ENER-2017</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
-    <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
-[...11 lines deleted...]
-    <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
-[...107 lines deleted...]
-    <t>Sello FIDE No. 4113</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>NOM-021-ENER/SCFI/ECOL</t>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
-[...262 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4176 - Solar Inverters</t>
-[...16 lines deleted...]
-  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
-    <t>Standard NOM-001-ENER-2014 - Pumps</t>
-[...19 lines deleted...]
-  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
-    <t>WaterSense® Specification for Showerheads</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
   <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2022,6231 +1066,1638 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N141"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...80 lines deleted...]
-      </c>
       <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="N4" t="s">
         <v>39</v>
       </c>
-    </row>
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2008</v>
+      </c>
+      <c r="J5" t="s">
         <v>35</v>
       </c>
-      <c r="F5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K5" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
         <v>38</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...76 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N7" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2017</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2001</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...127 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="N11" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>96</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N12" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
       <c r="E13" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>96</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2020</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="K13" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>62</v>
+        <v>105</v>
       </c>
       <c r="M13" t="s">
+        <v>99</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>111</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="L14" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
         <v>94</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" t="s">
+      <c r="D15" t="s">
         <v>95</v>
       </c>
-      <c r="B15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>111</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2018</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>29</v>
+        <v>112</v>
       </c>
       <c r="K15" t="s">
+        <v>116</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>99</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>111</v>
+      </c>
+      <c r="G16" t="s">
+        <v>123</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>97</v>
       </c>
-      <c r="L15" t="s">
-[...2 lines deleted...]
-      <c r="M15" t="s">
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...4 lines deleted...]
-      <c r="A16" t="s">
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
         <v>99</v>
       </c>
-      <c r="B16" t="s">
-[...11 lines deleted...]
-      <c r="F16" t="s">
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>94</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>111</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>112</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" t="s">
+        <v>99</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" t="s">
+        <v>135</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>111</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>112</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>137</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>96</v>
+      </c>
+      <c r="G19" t="s">
+        <v>123</v>
+      </c>
+      <c r="H19">
+        <v>2025</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>97</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>143</v>
+      </c>
+      <c r="M19" t="s">
+        <v>99</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
         <v>19</v>
       </c>
-      <c r="G16">
-[...2 lines deleted...]
-      <c r="H16">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>148</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
+        <v>153</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2015</v>
       </c>
-      <c r="I16" t="s">
-[...11 lines deleted...]
-      <c r="M16" t="s">
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>161</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...38 lines deleted...]
-      <c r="M17" t="s">
+      <c r="L22" t="s">
+        <v>162</v>
+      </c>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>94</v>
+      </c>
+      <c r="D23" t="s">
+        <v>129</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>161</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...25 lines deleted...]
-      <c r="H18">
+      <c r="L23" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" t="s">
+        <v>163</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" t="s">
+        <v>95</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>96</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>154</v>
+      </c>
+      <c r="K24" t="s">
+        <v>171</v>
+      </c>
+      <c r="L24" t="s">
+        <v>172</v>
+      </c>
+      <c r="M24" t="s">
+        <v>99</v>
+      </c>
+      <c r="N24" t="s">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>94</v>
+      </c>
+      <c r="D25" t="s">
+        <v>110</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>96</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>154</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>177</v>
+      </c>
+      <c r="M25" t="s">
+        <v>99</v>
+      </c>
+      <c r="N25" t="s">
+        <v>39</v>
+      </c>
+      <c r="O25" t="s">
+        <v>178</v>
+      </c>
+      <c r="P25" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>180</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>94</v>
+      </c>
+      <c r="D26" t="s">
+        <v>182</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>96</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2013</v>
       </c>
-      <c r="I18" t="s">
-[...11 lines deleted...]
-      <c r="M18" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>112</v>
+      </c>
+      <c r="K26" t="s">
+        <v>171</v>
+      </c>
+      <c r="L26" t="s">
+        <v>183</v>
+      </c>
+      <c r="M26" t="s">
+        <v>99</v>
+      </c>
+      <c r="N26" t="s">
+        <v>39</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>94</v>
+      </c>
+      <c r="D27" t="s">
+        <v>129</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>111</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>154</v>
+      </c>
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...38 lines deleted...]
-      <c r="M19" t="s">
+      <c r="L27" t="s">
+        <v>188</v>
+      </c>
+      <c r="M27" t="s">
+        <v>99</v>
+      </c>
+      <c r="N27" t="s">
+        <v>39</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" t="s">
+        <v>193</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>96</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>154</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N19" t="s">
-[...384 lines deleted...]
-      </c>
       <c r="L28" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N28" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s">
+        <v>195</v>
+      </c>
+      <c r="P28" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>155</v>
+        <v>197</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>198</v>
       </c>
       <c r="C29" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="D29" t="s">
-        <v>42</v>
+        <v>199</v>
       </c>
       <c r="E29" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>105</v>
+        <v>35</v>
       </c>
       <c r="K29" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>62</v>
+        <v>200</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>201</v>
       </c>
       <c r="N29" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>205</v>
       </c>
       <c r="C30" t="s">
-        <v>159</v>
+        <v>56</v>
       </c>
       <c r="D30" t="s">
-        <v>42</v>
+        <v>206</v>
       </c>
       <c r="E30" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="F30" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>207</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>29</v>
+        <v>208</v>
       </c>
       <c r="K30" t="s">
-        <v>160</v>
+        <v>209</v>
       </c>
       <c r="L30" t="s">
-        <v>62</v>
+        <v>210</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="N30" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>212</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>162</v>
+        <v>215</v>
       </c>
       <c r="B31" t="s">
-        <v>126</v>
+        <v>216</v>
       </c>
       <c r="C31" t="s">
-        <v>163</v>
+        <v>56</v>
       </c>
       <c r="D31" t="s">
-        <v>42</v>
+        <v>217</v>
       </c>
       <c r="E31" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>207</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>29</v>
+        <v>208</v>
       </c>
       <c r="K31" t="s">
-        <v>164</v>
+        <v>209</v>
       </c>
       <c r="L31" t="s">
-        <v>62</v>
+        <v>218</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="N31" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>212</v>
+      </c>
+      <c r="O31" t="s">
+        <v>219</v>
+      </c>
+      <c r="P31" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>166</v>
+        <v>221</v>
       </c>
       <c r="B32" t="s">
-        <v>83</v>
+        <v>222</v>
       </c>
       <c r="C32" t="s">
-        <v>167</v>
+        <v>56</v>
       </c>
       <c r="D32" t="s">
-        <v>42</v>
+        <v>223</v>
       </c>
       <c r="E32" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>207</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>29</v>
+        <v>208</v>
       </c>
       <c r="K32" t="s">
-        <v>168</v>
+        <v>209</v>
       </c>
       <c r="L32" t="s">
-        <v>62</v>
+        <v>224</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="N32" t="s">
-        <v>169</v>
-[...556 lines deleted...]
-      <c r="J45" t="s">
         <v>212</v>
       </c>
-      <c r="K45" t="s">
-[...131 lines deleted...]
-      <c r="K48" t="s">
+      <c r="O32" t="s">
         <v>225</v>
       </c>
-      <c r="L48" t="s">
-[...5 lines deleted...]
-      <c r="N48" t="s">
+      <c r="P32" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="49" spans="1:14">
-[...4024 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>