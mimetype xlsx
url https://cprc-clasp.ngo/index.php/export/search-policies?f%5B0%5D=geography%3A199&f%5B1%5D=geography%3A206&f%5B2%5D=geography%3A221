--- v0 (2025-12-10)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="551">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="552">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1487,69 +1487,72 @@
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -2067,51 +2070,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -6295,639 +6298,639 @@
       <c r="H86">
         <v>2008</v>
       </c>
       <c r="I86">
         <v>2011</v>
       </c>
       <c r="J86" t="s">
         <v>488</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
         <v>489</v>
       </c>
       <c r="M86" t="s">
         <v>482</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
       <c r="O86" t="s">
         <v>490</v>
       </c>
       <c r="P86" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B87" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C87" t="s">
         <v>479</v>
       </c>
       <c r="D87" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>64</v>
       </c>
       <c r="H87">
         <v>2009</v>
       </c>
       <c r="I87">
         <v>2011</v>
       </c>
       <c r="J87" t="s">
         <v>480</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="M87" t="s">
         <v>482</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="P87" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B88" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C88" t="s">
         <v>479</v>
       </c>
       <c r="D88" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="E88" t="s">
         <v>173</v>
       </c>
       <c r="F88" t="s">
         <v>487</v>
       </c>
       <c r="G88" t="s">
         <v>64</v>
       </c>
       <c r="H88">
         <v>2007</v>
       </c>
       <c r="I88">
         <v>2011</v>
       </c>
       <c r="J88" t="s">
         <v>488</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="M88" t="s">
         <v>482</v>
       </c>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="P88" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B89" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C89" t="s">
         <v>479</v>
       </c>
       <c r="D89" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>54</v>
       </c>
       <c r="G89" t="s">
         <v>55</v>
       </c>
       <c r="H89">
         <v>2007</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>480</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="M89" t="s">
         <v>482</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
       <c r="O89" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="P89" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B90" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C90" t="s">
         <v>479</v>
       </c>
       <c r="D90" t="s">
         <v>120</v>
       </c>
       <c r="E90" t="s">
         <v>173</v>
       </c>
       <c r="F90" t="s">
         <v>487</v>
       </c>
       <c r="G90" t="s">
         <v>55</v>
       </c>
       <c r="H90">
         <v>2007</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>488</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="M90" t="s">
         <v>482</v>
       </c>
       <c r="N90" t="s">
         <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="P90" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B91" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C91" t="s">
         <v>479</v>
       </c>
       <c r="D91" t="s">
         <v>139</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>55</v>
       </c>
       <c r="H91">
         <v>2007</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>480</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="M91" t="s">
         <v>482</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
       <c r="O91" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="P91" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B92" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C92" t="s">
         <v>479</v>
       </c>
       <c r="D92" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E92" t="s">
         <v>173</v>
       </c>
       <c r="F92" t="s">
         <v>487</v>
       </c>
       <c r="G92" t="s">
         <v>55</v>
       </c>
       <c r="H92">
         <v>2009</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>488</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="M92" t="s">
         <v>482</v>
       </c>
       <c r="N92" t="s">
         <v>26</v>
       </c>
       <c r="O92" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="P92" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B93" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C93" t="s">
         <v>479</v>
       </c>
       <c r="D93" t="s">
         <v>125</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>55</v>
       </c>
       <c r="H93">
         <v>2009</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>480</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="M93" t="s">
         <v>482</v>
       </c>
       <c r="N93" t="s">
         <v>26</v>
       </c>
       <c r="O93" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P93" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B94" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C94" t="s">
         <v>479</v>
       </c>
       <c r="D94" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>64</v>
       </c>
       <c r="H94">
         <v>2014</v>
       </c>
       <c r="I94">
         <v>2018</v>
       </c>
       <c r="J94" t="s">
         <v>480</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="M94" t="s">
         <v>482</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="P94" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B95" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
         <v>120</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>64</v>
       </c>
       <c r="H95">
         <v>2010</v>
       </c>
       <c r="I95">
         <v>2014</v>
       </c>
       <c r="J95" t="s">
         <v>175</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="M95" t="s">
         <v>25</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="P95" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B96" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>54</v>
       </c>
       <c r="G96" t="s">
         <v>55</v>
       </c>
       <c r="H96">
         <v>2014</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>175</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="M96" t="s">
         <v>25</v>
       </c>
       <c r="N96" t="s">
         <v>26</v>
       </c>
       <c r="O96" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="P96" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B97" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C97" t="s">
         <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>54</v>
       </c>
       <c r="G97" t="s">
         <v>64</v>
       </c>
       <c r="H97">
         <v>2012</v>
       </c>
       <c r="I97">
         <v>2014</v>
       </c>
       <c r="J97" t="s">
         <v>175</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="M97" t="s">
         <v>25</v>
       </c>
       <c r="N97" t="s">
         <v>26</v>
       </c>
       <c r="O97" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="P97" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B98" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C98" t="s">
         <v>18</v>
       </c>
       <c r="D98" t="s">
         <v>212</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>64</v>
       </c>
       <c r="H98">
         <v>2012</v>
       </c>
       <c r="I98">
         <v>2014</v>
       </c>
       <c r="J98" t="s">
         <v>175</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="M98" t="s">
         <v>25</v>
       </c>
       <c r="N98" t="s">
         <v>26</v>
       </c>
       <c r="O98" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="P98" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">