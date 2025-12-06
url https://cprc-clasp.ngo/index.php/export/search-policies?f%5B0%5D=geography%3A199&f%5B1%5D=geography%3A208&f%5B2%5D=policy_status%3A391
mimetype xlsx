--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,1206 +12,1732 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
-    <t>Nigerian MEPS and Energy Label Guide</t>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4148</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1475,4301 +2001,4782 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N96"/>
+  <dimension ref="A1:P94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="182.813" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...25 lines deleted...]
-      <c r="E3" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...11 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...25 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
         <v>34</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
         <v>2016</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>75</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...248 lines deleted...]
-        <v>2015</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I10" t="s">
-        <v>59</v>
+      <c r="I10">
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2019</v>
       </c>
-      <c r="I11" t="s">
-        <v>59</v>
+      <c r="I11">
+        <v>2019</v>
       </c>
       <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...6 lines deleted...]
-      <c r="N11" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>82</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>80</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>82</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>82</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" t="s">
+        <v>46</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>71</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>82</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>119</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2005</v>
+      </c>
+      <c r="I16">
+        <v>2008</v>
+      </c>
+      <c r="J16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>122</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
+        <v>128</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2004</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>129</v>
+      </c>
+      <c r="M17" t="s">
+        <v>130</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>127</v>
+      </c>
+      <c r="D18" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>119</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>135</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>129</v>
+      </c>
+      <c r="M18" t="s">
+        <v>130</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>127</v>
+      </c>
+      <c r="D19" t="s">
+        <v>46</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>130</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>127</v>
+      </c>
+      <c r="D20" t="s">
+        <v>46</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>143</v>
+      </c>
+      <c r="M20" t="s">
+        <v>130</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>147</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
+      <c r="J21" t="s">
+        <v>120</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>148</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>153</v>
+      </c>
+      <c r="D22" t="s">
         <v>69</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" t="s">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>70</v>
       </c>
-      <c r="B12" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2019</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>154</v>
+      </c>
+      <c r="K22" t="s">
+        <v>72</v>
+      </c>
+      <c r="L22" t="s">
+        <v>73</v>
+      </c>
+      <c r="M22" t="s">
+        <v>155</v>
+      </c>
+      <c r="N22" t="s">
+        <v>75</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>87</v>
+      </c>
+      <c r="D23" t="s">
+        <v>46</v>
+      </c>
+      <c r="E23" t="s">
+        <v>160</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
         <v>71</v>
       </c>
-      <c r="C12" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>161</v>
+      </c>
+      <c r="M23" t="s">
+        <v>90</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>81</v>
+      </c>
+      <c r="E24" t="s">
+        <v>160</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>154</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>167</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>168</v>
+      </c>
+      <c r="P24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>170</v>
+      </c>
+      <c r="B25" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" t="s">
+        <v>172</v>
+      </c>
+      <c r="D25" t="s">
+        <v>69</v>
+      </c>
+      <c r="E25" t="s">
+        <v>160</v>
+      </c>
+      <c r="F25" t="s">
+        <v>70</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2018</v>
+      </c>
+      <c r="I25">
+        <v>2022</v>
+      </c>
+      <c r="J25" t="s">
+        <v>154</v>
+      </c>
+      <c r="K25" t="s">
         <v>72</v>
       </c>
-      <c r="D12" t="s">
-[...17 lines deleted...]
-      <c r="J12" t="s">
+      <c r="L25" t="s">
+        <v>73</v>
+      </c>
+      <c r="M25" t="s">
+        <v>173</v>
+      </c>
+      <c r="N25" t="s">
+        <v>75</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>176</v>
+      </c>
+      <c r="B26" t="s">
+        <v>177</v>
+      </c>
+      <c r="C26" t="s">
+        <v>172</v>
+      </c>
+      <c r="D26" t="s">
+        <v>69</v>
+      </c>
+      <c r="E26" t="s">
+        <v>160</v>
+      </c>
+      <c r="F26" t="s">
+        <v>70</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26">
+        <v>2022</v>
+      </c>
+      <c r="J26" t="s">
+        <v>154</v>
+      </c>
+      <c r="K26" t="s">
+        <v>178</v>
+      </c>
+      <c r="L26" t="s">
+        <v>73</v>
+      </c>
+      <c r="M26" t="s">
+        <v>173</v>
+      </c>
+      <c r="N26" t="s">
+        <v>75</v>
+      </c>
+      <c r="O26" t="s">
+        <v>179</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>182</v>
+      </c>
+      <c r="D27" t="s">
+        <v>183</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...8 lines deleted...]
-      <c r="N12" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2025</v>
+      </c>
+      <c r="J27" t="s">
+        <v>184</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>185</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>186</v>
+      </c>
+      <c r="P27" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>188</v>
+      </c>
+      <c r="B28" t="s">
+        <v>189</v>
+      </c>
+      <c r="C28" t="s">
+        <v>182</v>
+      </c>
+      <c r="D28" t="s">
+        <v>190</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>119</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>191</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>192</v>
+      </c>
+      <c r="M28" t="s">
+        <v>185</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>182</v>
+      </c>
+      <c r="D29" t="s">
+        <v>197</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2004</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>184</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>198</v>
+      </c>
+      <c r="M29" t="s">
+        <v>185</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>201</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>182</v>
+      </c>
+      <c r="D30" t="s">
+        <v>183</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1996</v>
+      </c>
+      <c r="I30">
+        <v>2005</v>
+      </c>
+      <c r="J30" t="s">
+        <v>203</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>201</v>
+      </c>
+      <c r="M30" t="s">
+        <v>185</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>204</v>
+      </c>
+      <c r="P30" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>206</v>
+      </c>
+      <c r="B31" t="s">
+        <v>207</v>
+      </c>
+      <c r="C31" t="s">
+        <v>182</v>
+      </c>
+      <c r="D31" t="s">
+        <v>208</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>119</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2006</v>
+      </c>
+      <c r="I31">
+        <v>2025</v>
+      </c>
+      <c r="J31" t="s">
+        <v>184</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>209</v>
+      </c>
+      <c r="M31" t="s">
+        <v>185</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>210</v>
+      </c>
+      <c r="P31" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>212</v>
+      </c>
+      <c r="B32" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" t="s">
+        <v>182</v>
+      </c>
+      <c r="D32" t="s">
+        <v>214</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>215</v>
+      </c>
+      <c r="H32">
+        <v>1997</v>
+      </c>
+      <c r="I32">
+        <v>2005</v>
+      </c>
+      <c r="J32" t="s">
+        <v>191</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>185</v>
+      </c>
+      <c r="N32" t="s">
+        <v>216</v>
+      </c>
+      <c r="O32" t="s">
+        <v>217</v>
+      </c>
+      <c r="P32" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>219</v>
+      </c>
+      <c r="B33" t="s">
+        <v>220</v>
+      </c>
+      <c r="C33" t="s">
+        <v>182</v>
+      </c>
+      <c r="D33" t="s">
+        <v>214</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2004</v>
+      </c>
+      <c r="I33">
+        <v>2025</v>
+      </c>
+      <c r="J33" t="s">
+        <v>184</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>221</v>
+      </c>
+      <c r="M33" t="s">
+        <v>185</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>222</v>
+      </c>
+      <c r="P33" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>224</v>
+      </c>
+      <c r="B34" t="s">
+        <v>225</v>
+      </c>
+      <c r="C34" t="s">
+        <v>182</v>
+      </c>
+      <c r="D34" t="s">
+        <v>226</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>8</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34">
+        <v>2025</v>
+      </c>
+      <c r="J34" t="s">
+        <v>184</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>227</v>
+      </c>
+      <c r="M34" t="s">
+        <v>185</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>228</v>
+      </c>
+      <c r="P34" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>230</v>
+      </c>
+      <c r="B35" t="s">
+        <v>231</v>
+      </c>
+      <c r="C35" t="s">
+        <v>182</v>
+      </c>
+      <c r="D35" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>191</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>230</v>
+      </c>
+      <c r="M35" t="s">
+        <v>185</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>182</v>
+      </c>
+      <c r="D36" t="s">
+        <v>46</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1995</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
+      <c r="J36" t="s">
+        <v>191</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>234</v>
+      </c>
+      <c r="M36" t="s">
+        <v>185</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>236</v>
+      </c>
+      <c r="P36" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>238</v>
+      </c>
+      <c r="B37" t="s">
+        <v>239</v>
+      </c>
+      <c r="C37" t="s">
+        <v>182</v>
+      </c>
+      <c r="D37" t="s">
+        <v>46</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1995</v>
+      </c>
+      <c r="I37">
+        <v>2018</v>
+      </c>
+      <c r="J37" t="s">
+        <v>191</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>185</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>240</v>
+      </c>
+      <c r="P37" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>242</v>
+      </c>
+      <c r="B38" t="s">
+        <v>243</v>
+      </c>
+      <c r="C38" t="s">
+        <v>182</v>
+      </c>
+      <c r="D38" t="s">
+        <v>244</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2010</v>
+      </c>
+      <c r="I38">
+        <v>2018</v>
+      </c>
+      <c r="J38" t="s">
+        <v>191</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>242</v>
+      </c>
+      <c r="M38" t="s">
+        <v>185</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>245</v>
+      </c>
+      <c r="P38" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>247</v>
+      </c>
+      <c r="B39" t="s">
+        <v>248</v>
+      </c>
+      <c r="C39" t="s">
+        <v>182</v>
+      </c>
+      <c r="D39" t="s">
+        <v>249</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2017</v>
+      </c>
+      <c r="J39" t="s">
+        <v>95</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>247</v>
+      </c>
+      <c r="M39" t="s">
+        <v>185</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>250</v>
+      </c>
+      <c r="P39" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>252</v>
+      </c>
+      <c r="B40" t="s">
+        <v>253</v>
+      </c>
+      <c r="C40" t="s">
+        <v>182</v>
+      </c>
+      <c r="D40" t="s">
+        <v>128</v>
+      </c>
+      <c r="E40" t="s">
+        <v>160</v>
+      </c>
+      <c r="F40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2000</v>
+      </c>
+      <c r="I40">
+        <v>2020</v>
+      </c>
+      <c r="J40" t="s">
+        <v>135</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>254</v>
+      </c>
+      <c r="M40" t="s">
+        <v>255</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>256</v>
+      </c>
+      <c r="P40" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>258</v>
+      </c>
+      <c r="B41" t="s">
+        <v>259</v>
+      </c>
+      <c r="C41" t="s">
+        <v>182</v>
+      </c>
+      <c r="D41" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" t="s">
+        <v>160</v>
+      </c>
+      <c r="F41" t="s">
+        <v>51</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2010</v>
+      </c>
+      <c r="I41">
+        <v>2022</v>
+      </c>
+      <c r="J41" t="s">
+        <v>135</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>260</v>
+      </c>
+      <c r="M41" t="s">
+        <v>255</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>261</v>
+      </c>
+      <c r="P41" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>263</v>
+      </c>
+      <c r="B42" t="s">
+        <v>264</v>
+      </c>
+      <c r="C42" t="s">
+        <v>182</v>
+      </c>
+      <c r="D42" t="s">
+        <v>46</v>
+      </c>
+      <c r="E42" t="s">
+        <v>160</v>
+      </c>
+      <c r="F42" t="s">
+        <v>51</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2017</v>
+      </c>
+      <c r="J42" t="s">
+        <v>135</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>265</v>
+      </c>
+      <c r="M42" t="s">
+        <v>255</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>266</v>
+      </c>
+      <c r="P42" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>268</v>
+      </c>
+      <c r="B43" t="s">
+        <v>269</v>
+      </c>
+      <c r="C43" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" t="s">
+        <v>226</v>
+      </c>
+      <c r="E43" t="s">
+        <v>160</v>
+      </c>
+      <c r="F43" t="s">
+        <v>51</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1994</v>
+      </c>
+      <c r="I43">
+        <v>2012</v>
+      </c>
+      <c r="J43" t="s">
+        <v>135</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>270</v>
+      </c>
+      <c r="M43" t="s">
+        <v>255</v>
+      </c>
+      <c r="N43" t="s">
+        <v>216</v>
+      </c>
+      <c r="O43" t="s">
+        <v>271</v>
+      </c>
+      <c r="P43" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>273</v>
+      </c>
+      <c r="B44" t="s">
+        <v>274</v>
+      </c>
+      <c r="C44" t="s">
+        <v>182</v>
+      </c>
+      <c r="D44" t="s">
+        <v>63</v>
+      </c>
+      <c r="E44" t="s">
+        <v>160</v>
+      </c>
+      <c r="F44" t="s">
+        <v>51</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1995</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>135</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>275</v>
+      </c>
+      <c r="M44" t="s">
+        <v>255</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>276</v>
+      </c>
+      <c r="P44" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>278</v>
+      </c>
+      <c r="B45" t="s">
+        <v>279</v>
+      </c>
+      <c r="C45" t="s">
+        <v>182</v>
+      </c>
+      <c r="D45" t="s">
+        <v>101</v>
+      </c>
+      <c r="E45" t="s">
+        <v>160</v>
+      </c>
+      <c r="F45" t="s">
+        <v>51</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1996</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
+      <c r="J45" t="s">
+        <v>135</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>280</v>
+      </c>
+      <c r="M45" t="s">
+        <v>255</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>281</v>
+      </c>
+      <c r="P45" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>283</v>
+      </c>
+      <c r="B46" t="s">
+        <v>284</v>
+      </c>
+      <c r="C46" t="s">
+        <v>182</v>
+      </c>
+      <c r="D46" t="s">
+        <v>101</v>
+      </c>
+      <c r="E46" t="s">
+        <v>160</v>
+      </c>
+      <c r="F46" t="s">
+        <v>51</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1996</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
+      <c r="J46" t="s">
+        <v>135</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>285</v>
+      </c>
+      <c r="M46" t="s">
+        <v>255</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>286</v>
+      </c>
+      <c r="P46" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>288</v>
+      </c>
+      <c r="B47" t="s">
+        <v>289</v>
+      </c>
+      <c r="C47" t="s">
+        <v>182</v>
+      </c>
+      <c r="D47" t="s">
+        <v>108</v>
+      </c>
+      <c r="E47" t="s">
+        <v>160</v>
+      </c>
+      <c r="F47" t="s">
+        <v>51</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1996</v>
+      </c>
+      <c r="I47">
+        <v>2012</v>
+      </c>
+      <c r="J47" t="s">
+        <v>135</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>290</v>
+      </c>
+      <c r="M47" t="s">
+        <v>255</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>291</v>
+      </c>
+      <c r="P47" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>293</v>
+      </c>
+      <c r="B48" t="s">
+        <v>294</v>
+      </c>
+      <c r="C48" t="s">
+        <v>182</v>
+      </c>
+      <c r="D48" t="s">
+        <v>63</v>
+      </c>
+      <c r="E48" t="s">
+        <v>160</v>
+      </c>
+      <c r="F48" t="s">
+        <v>51</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1996</v>
+      </c>
+      <c r="I48">
+        <v>2015</v>
+      </c>
+      <c r="J48" t="s">
+        <v>135</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>295</v>
+      </c>
+      <c r="M48" t="s">
+        <v>255</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>296</v>
+      </c>
+      <c r="P48" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>298</v>
+      </c>
+      <c r="B49" t="s">
+        <v>299</v>
+      </c>
+      <c r="C49" t="s">
+        <v>182</v>
+      </c>
+      <c r="D49" t="s">
+        <v>108</v>
+      </c>
+      <c r="E49" t="s">
+        <v>160</v>
+      </c>
+      <c r="F49" t="s">
+        <v>51</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>1996</v>
+      </c>
+      <c r="I49">
+        <v>2013</v>
+      </c>
+      <c r="J49" t="s">
+        <v>135</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>300</v>
+      </c>
+      <c r="M49" t="s">
+        <v>255</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>301</v>
+      </c>
+      <c r="P49" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>303</v>
+      </c>
+      <c r="B50" t="s">
+        <v>304</v>
+      </c>
+      <c r="C50" t="s">
+        <v>182</v>
+      </c>
+      <c r="D50" t="s">
+        <v>108</v>
+      </c>
+      <c r="E50" t="s">
+        <v>160</v>
+      </c>
+      <c r="F50" t="s">
+        <v>51</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1997</v>
+      </c>
+      <c r="I50">
+        <v>2012</v>
+      </c>
+      <c r="J50" t="s">
+        <v>135</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>305</v>
+      </c>
+      <c r="M50" t="s">
+        <v>255</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>306</v>
+      </c>
+      <c r="P50" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>308</v>
+      </c>
+      <c r="B51" t="s">
+        <v>309</v>
+      </c>
+      <c r="C51" t="s">
+        <v>182</v>
+      </c>
+      <c r="D51" t="s">
+        <v>63</v>
+      </c>
+      <c r="E51" t="s">
+        <v>160</v>
+      </c>
+      <c r="F51" t="s">
+        <v>51</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1998</v>
+      </c>
+      <c r="I51">
+        <v>2012</v>
+      </c>
+      <c r="J51" t="s">
+        <v>135</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>310</v>
+      </c>
+      <c r="M51" t="s">
+        <v>255</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>311</v>
+      </c>
+      <c r="P51" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>313</v>
+      </c>
+      <c r="B52" t="s">
+        <v>314</v>
+      </c>
+      <c r="C52" t="s">
+        <v>182</v>
+      </c>
+      <c r="D52" t="s">
+        <v>46</v>
+      </c>
+      <c r="E52" t="s">
+        <v>160</v>
+      </c>
+      <c r="F52" t="s">
+        <v>51</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1998</v>
+      </c>
+      <c r="I52">
+        <v>2012</v>
+      </c>
+      <c r="J52" t="s">
+        <v>315</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>316</v>
+      </c>
+      <c r="M52" t="s">
+        <v>317</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>318</v>
+      </c>
+      <c r="P52" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>320</v>
+      </c>
+      <c r="B53" t="s">
+        <v>321</v>
+      </c>
+      <c r="C53" t="s">
+        <v>182</v>
+      </c>
+      <c r="D53" t="s">
+        <v>214</v>
+      </c>
+      <c r="E53" t="s">
+        <v>160</v>
+      </c>
+      <c r="F53" t="s">
+        <v>51</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1999</v>
+      </c>
+      <c r="I53">
+        <v>2012</v>
+      </c>
+      <c r="J53" t="s">
+        <v>135</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>322</v>
+      </c>
+      <c r="M53" t="s">
+        <v>255</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>323</v>
+      </c>
+      <c r="P53" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>325</v>
+      </c>
+      <c r="B54" t="s">
+        <v>326</v>
+      </c>
+      <c r="C54" t="s">
+        <v>182</v>
+      </c>
+      <c r="D54" t="s">
+        <v>190</v>
+      </c>
+      <c r="E54" t="s">
+        <v>160</v>
+      </c>
+      <c r="F54" t="s">
+        <v>51</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2000</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
+      <c r="J54" t="s">
+        <v>135</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>327</v>
+      </c>
+      <c r="M54" t="s">
+        <v>255</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>328</v>
+      </c>
+      <c r="P54" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>330</v>
+      </c>
+      <c r="B55" t="s">
+        <v>331</v>
+      </c>
+      <c r="C55" t="s">
+        <v>182</v>
+      </c>
+      <c r="D55" t="s">
+        <v>332</v>
+      </c>
+      <c r="E55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F55" t="s">
+        <v>51</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2001</v>
+      </c>
+      <c r="I55">
+        <v>2015</v>
+      </c>
+      <c r="J55" t="s">
+        <v>135</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>333</v>
+      </c>
+      <c r="M55" t="s">
+        <v>255</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>334</v>
+      </c>
+      <c r="P55" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>336</v>
+      </c>
+      <c r="B56" t="s">
+        <v>337</v>
+      </c>
+      <c r="C56" t="s">
+        <v>182</v>
+      </c>
+      <c r="D56" t="s">
+        <v>183</v>
+      </c>
+      <c r="E56" t="s">
+        <v>160</v>
+      </c>
+      <c r="F56" t="s">
+        <v>51</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2002</v>
+      </c>
+      <c r="I56">
+        <v>2012</v>
+      </c>
+      <c r="J56" t="s">
+        <v>135</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>338</v>
+      </c>
+      <c r="M56" t="s">
+        <v>255</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>339</v>
+      </c>
+      <c r="P56" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>341</v>
+      </c>
+      <c r="B57" t="s">
+        <v>342</v>
+      </c>
+      <c r="C57" t="s">
+        <v>182</v>
+      </c>
+      <c r="D57" t="s">
+        <v>108</v>
+      </c>
+      <c r="E57" t="s">
+        <v>160</v>
+      </c>
+      <c r="F57" t="s">
+        <v>51</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2003</v>
+      </c>
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>135</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>343</v>
+      </c>
+      <c r="M57" t="s">
+        <v>255</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>344</v>
+      </c>
+      <c r="P57" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>346</v>
+      </c>
+      <c r="B58" t="s">
+        <v>347</v>
+      </c>
+      <c r="C58" t="s">
+        <v>182</v>
+      </c>
+      <c r="D58" t="s">
+        <v>46</v>
+      </c>
+      <c r="E58" t="s">
+        <v>160</v>
+      </c>
+      <c r="F58" t="s">
+        <v>51</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1998</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>315</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>348</v>
+      </c>
+      <c r="M58" t="s">
+        <v>317</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>349</v>
+      </c>
+      <c r="P58" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>350</v>
+      </c>
+      <c r="B59" t="s">
+        <v>351</v>
+      </c>
+      <c r="C59" t="s">
+        <v>182</v>
+      </c>
+      <c r="D59" t="s">
+        <v>352</v>
+      </c>
+      <c r="E59" t="s">
+        <v>160</v>
+      </c>
+      <c r="F59" t="s">
+        <v>51</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2003</v>
+      </c>
+      <c r="I59">
+        <v>2012</v>
+      </c>
+      <c r="J59" t="s">
+        <v>135</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>353</v>
+      </c>
+      <c r="M59" t="s">
+        <v>255</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>354</v>
+      </c>
+      <c r="P59" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>356</v>
+      </c>
+      <c r="B60" t="s">
+        <v>357</v>
+      </c>
+      <c r="C60" t="s">
+        <v>182</v>
+      </c>
+      <c r="D60" t="s">
+        <v>63</v>
+      </c>
+      <c r="E60" t="s">
+        <v>160</v>
+      </c>
+      <c r="F60" t="s">
+        <v>51</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2004</v>
+      </c>
+      <c r="I60">
+        <v>2012</v>
+      </c>
+      <c r="J60" t="s">
+        <v>135</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>358</v>
+      </c>
+      <c r="M60" t="s">
+        <v>255</v>
+      </c>
+      <c r="N60" t="s">
+        <v>216</v>
+      </c>
+      <c r="O60" t="s">
+        <v>359</v>
+      </c>
+      <c r="P60" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>361</v>
+      </c>
+      <c r="B61" t="s">
+        <v>362</v>
+      </c>
+      <c r="C61" t="s">
+        <v>182</v>
+      </c>
+      <c r="D61" t="s">
+        <v>108</v>
+      </c>
+      <c r="E61" t="s">
+        <v>160</v>
+      </c>
+      <c r="F61" t="s">
+        <v>51</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2004</v>
+      </c>
+      <c r="I61">
+        <v>2012</v>
+      </c>
+      <c r="J61" t="s">
+        <v>135</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>363</v>
+      </c>
+      <c r="M61" t="s">
+        <v>255</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>364</v>
+      </c>
+      <c r="P61" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>366</v>
+      </c>
+      <c r="B62" t="s">
+        <v>367</v>
+      </c>
+      <c r="C62" t="s">
+        <v>182</v>
+      </c>
+      <c r="D62" t="s">
+        <v>108</v>
+      </c>
+      <c r="E62" t="s">
+        <v>160</v>
+      </c>
+      <c r="F62" t="s">
+        <v>51</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2004</v>
+      </c>
+      <c r="I62">
+        <v>2012</v>
+      </c>
+      <c r="J62" t="s">
+        <v>135</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>363</v>
+      </c>
+      <c r="M62" t="s">
+        <v>255</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>368</v>
+      </c>
+      <c r="P62" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>370</v>
+      </c>
+      <c r="B63" t="s">
+        <v>371</v>
+      </c>
+      <c r="C63" t="s">
+        <v>182</v>
+      </c>
+      <c r="D63" t="s">
+        <v>183</v>
+      </c>
+      <c r="E63" t="s">
+        <v>160</v>
+      </c>
+      <c r="F63" t="s">
+        <v>51</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2004</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
+        <v>135</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>372</v>
+      </c>
+      <c r="M63" t="s">
+        <v>255</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>373</v>
+      </c>
+      <c r="P63" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>375</v>
+      </c>
+      <c r="B64" t="s">
+        <v>376</v>
+      </c>
+      <c r="C64" t="s">
+        <v>182</v>
+      </c>
+      <c r="D64" t="s">
+        <v>101</v>
+      </c>
+      <c r="E64" t="s">
+        <v>160</v>
+      </c>
+      <c r="F64" t="s">
+        <v>51</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2004</v>
+      </c>
+      <c r="I64">
+        <v>2012</v>
+      </c>
+      <c r="J64" t="s">
+        <v>135</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>280</v>
+      </c>
+      <c r="M64" t="s">
+        <v>255</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>377</v>
+      </c>
+      <c r="P64" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>379</v>
+      </c>
+      <c r="B65" t="s">
+        <v>380</v>
+      </c>
+      <c r="C65" t="s">
+        <v>182</v>
+      </c>
+      <c r="D65" t="s">
+        <v>101</v>
+      </c>
+      <c r="E65" t="s">
+        <v>160</v>
+      </c>
+      <c r="F65" t="s">
+        <v>51</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2005</v>
+      </c>
+      <c r="I65">
+        <v>2012</v>
+      </c>
+      <c r="J65" t="s">
+        <v>135</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>381</v>
+      </c>
+      <c r="M65" t="s">
+        <v>255</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>382</v>
+      </c>
+      <c r="P65" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>384</v>
+      </c>
+      <c r="B66" t="s">
+        <v>385</v>
+      </c>
+      <c r="C66" t="s">
+        <v>182</v>
+      </c>
+      <c r="D66" t="s">
+        <v>108</v>
+      </c>
+      <c r="E66" t="s">
+        <v>160</v>
+      </c>
+      <c r="F66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2005</v>
+      </c>
+      <c r="I66">
+        <v>2012</v>
+      </c>
+      <c r="J66" t="s">
+        <v>135</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>386</v>
+      </c>
+      <c r="M66" t="s">
+        <v>255</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>387</v>
+      </c>
+      <c r="P66" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>389</v>
+      </c>
+      <c r="B67" t="s">
+        <v>390</v>
+      </c>
+      <c r="C67" t="s">
+        <v>182</v>
+      </c>
+      <c r="D67" t="s">
+        <v>101</v>
+      </c>
+      <c r="E67" t="s">
+        <v>160</v>
+      </c>
+      <c r="F67" t="s">
+        <v>51</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2007</v>
+      </c>
+      <c r="I67">
+        <v>2012</v>
+      </c>
+      <c r="J67" t="s">
+        <v>135</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>391</v>
+      </c>
+      <c r="M67" t="s">
+        <v>255</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>392</v>
+      </c>
+      <c r="P67" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>394</v>
+      </c>
+      <c r="B68" t="s">
+        <v>395</v>
+      </c>
+      <c r="C68" t="s">
+        <v>182</v>
+      </c>
+      <c r="D68" t="s">
+        <v>396</v>
+      </c>
+      <c r="E68" t="s">
+        <v>160</v>
+      </c>
+      <c r="F68" t="s">
+        <v>51</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2007</v>
+      </c>
+      <c r="I68">
+        <v>2012</v>
+      </c>
+      <c r="J68" t="s">
+        <v>135</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>397</v>
+      </c>
+      <c r="M68" t="s">
+        <v>255</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>398</v>
+      </c>
+      <c r="P68" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>400</v>
+      </c>
+      <c r="B69" t="s">
+        <v>401</v>
+      </c>
+      <c r="C69" t="s">
+        <v>182</v>
+      </c>
+      <c r="D69" t="s">
+        <v>402</v>
+      </c>
+      <c r="E69" t="s">
+        <v>160</v>
+      </c>
+      <c r="F69" t="s">
+        <v>51</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2013</v>
+      </c>
+      <c r="I69">
+        <v>2014</v>
+      </c>
+      <c r="J69" t="s">
+        <v>315</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>403</v>
+      </c>
+      <c r="M69" t="s">
+        <v>317</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>404</v>
+      </c>
+      <c r="P69" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>405</v>
+      </c>
+      <c r="B70" t="s">
+        <v>406</v>
+      </c>
+      <c r="C70" t="s">
+        <v>182</v>
+      </c>
+      <c r="D70" t="s">
+        <v>407</v>
+      </c>
+      <c r="E70" t="s">
+        <v>160</v>
+      </c>
+      <c r="F70" t="s">
+        <v>51</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2008</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
+      <c r="J70" t="s">
+        <v>135</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>408</v>
+      </c>
+      <c r="M70" t="s">
+        <v>255</v>
+      </c>
+      <c r="N70" t="s">
+        <v>216</v>
+      </c>
+      <c r="O70" t="s">
+        <v>409</v>
+      </c>
+      <c r="P70" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>411</v>
+      </c>
+      <c r="B71" t="s">
+        <v>412</v>
+      </c>
+      <c r="C71" t="s">
+        <v>182</v>
+      </c>
+      <c r="D71" t="s">
+        <v>413</v>
+      </c>
+      <c r="E71" t="s">
+        <v>160</v>
+      </c>
+      <c r="F71" t="s">
+        <v>51</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2008</v>
+      </c>
+      <c r="I71">
+        <v>2012</v>
+      </c>
+      <c r="J71" t="s">
+        <v>135</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>414</v>
+      </c>
+      <c r="M71" t="s">
+        <v>255</v>
+      </c>
+      <c r="N71" t="s">
+        <v>216</v>
+      </c>
+      <c r="O71" t="s">
+        <v>415</v>
+      </c>
+      <c r="P71" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>417</v>
+      </c>
+      <c r="B72" t="s">
+        <v>418</v>
+      </c>
+      <c r="C72" t="s">
+        <v>182</v>
+      </c>
+      <c r="D72" t="s">
+        <v>419</v>
+      </c>
+      <c r="E72" t="s">
+        <v>160</v>
+      </c>
+      <c r="F72" t="s">
+        <v>51</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2008</v>
+      </c>
+      <c r="I72">
+        <v>2009</v>
+      </c>
+      <c r="J72" t="s">
+        <v>135</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>420</v>
+      </c>
+      <c r="M72" t="s">
+        <v>255</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>421</v>
+      </c>
+      <c r="P72" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>423</v>
+      </c>
+      <c r="B73" t="s">
+        <v>424</v>
+      </c>
+      <c r="C73" t="s">
+        <v>182</v>
+      </c>
+      <c r="D73" t="s">
+        <v>226</v>
+      </c>
+      <c r="E73" t="s">
+        <v>160</v>
+      </c>
+      <c r="F73" t="s">
+        <v>51</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>1994</v>
+      </c>
+      <c r="I73">
+        <v>2012</v>
+      </c>
+      <c r="J73" t="s">
+        <v>315</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>425</v>
+      </c>
+      <c r="M73" t="s">
+        <v>317</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>426</v>
+      </c>
+      <c r="P73" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>427</v>
+      </c>
+      <c r="B74" t="s">
+        <v>428</v>
+      </c>
+      <c r="C74" t="s">
+        <v>182</v>
+      </c>
+      <c r="D74" t="s">
+        <v>429</v>
+      </c>
+      <c r="E74" t="s">
+        <v>160</v>
+      </c>
+      <c r="F74" t="s">
+        <v>51</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2008</v>
+      </c>
+      <c r="I74">
+        <v>2012</v>
+      </c>
+      <c r="J74" t="s">
+        <v>315</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>430</v>
+      </c>
+      <c r="M74" t="s">
+        <v>317</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>431</v>
+      </c>
+      <c r="P74" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>432</v>
+      </c>
+      <c r="B75" t="s">
+        <v>433</v>
+      </c>
+      <c r="C75" t="s">
+        <v>182</v>
+      </c>
+      <c r="D75" t="s">
+        <v>226</v>
+      </c>
+      <c r="E75" t="s">
+        <v>160</v>
+      </c>
+      <c r="F75" t="s">
+        <v>51</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2009</v>
+      </c>
+      <c r="I75">
+        <v>2012</v>
+      </c>
+      <c r="J75" t="s">
+        <v>135</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>434</v>
+      </c>
+      <c r="M75" t="s">
+        <v>255</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>435</v>
+      </c>
+      <c r="P75" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>437</v>
+      </c>
+      <c r="B76" t="s">
+        <v>438</v>
+      </c>
+      <c r="C76" t="s">
+        <v>182</v>
+      </c>
+      <c r="D76" t="s">
+        <v>63</v>
+      </c>
+      <c r="E76" t="s">
+        <v>160</v>
+      </c>
+      <c r="F76" t="s">
+        <v>51</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2009</v>
+      </c>
+      <c r="I76">
+        <v>2012</v>
+      </c>
+      <c r="J76" t="s">
+        <v>135</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>439</v>
+      </c>
+      <c r="M76" t="s">
+        <v>255</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>440</v>
+      </c>
+      <c r="P76" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>442</v>
+      </c>
+      <c r="B77" t="s">
+        <v>443</v>
+      </c>
+      <c r="C77" t="s">
+        <v>182</v>
+      </c>
+      <c r="D77" t="s">
+        <v>444</v>
+      </c>
+      <c r="E77" t="s">
+        <v>160</v>
+      </c>
+      <c r="F77" t="s">
+        <v>51</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2010</v>
+      </c>
+      <c r="I77">
+        <v>2012</v>
+      </c>
+      <c r="J77" t="s">
+        <v>135</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>445</v>
+      </c>
+      <c r="M77" t="s">
+        <v>255</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>446</v>
+      </c>
+      <c r="P77" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>448</v>
+      </c>
+      <c r="B78" t="s">
+        <v>449</v>
+      </c>
+      <c r="C78" t="s">
+        <v>182</v>
+      </c>
+      <c r="D78" t="s">
+        <v>214</v>
+      </c>
+      <c r="E78" t="s">
+        <v>160</v>
+      </c>
+      <c r="F78" t="s">
+        <v>51</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2010</v>
+      </c>
+      <c r="I78">
+        <v>2012</v>
+      </c>
+      <c r="J78" t="s">
+        <v>135</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>450</v>
+      </c>
+      <c r="M78" t="s">
+        <v>255</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>451</v>
+      </c>
+      <c r="P78" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>453</v>
+      </c>
+      <c r="B79" t="s">
+        <v>454</v>
+      </c>
+      <c r="C79" t="s">
+        <v>182</v>
+      </c>
+      <c r="D79" t="s">
+        <v>455</v>
+      </c>
+      <c r="E79" t="s">
+        <v>160</v>
+      </c>
+      <c r="F79" t="s">
+        <v>51</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2011</v>
+      </c>
+      <c r="I79">
+        <v>2022</v>
+      </c>
+      <c r="J79" t="s">
+        <v>135</v>
+      </c>
+      <c r="K79" t="s">
+        <v>178</v>
+      </c>
+      <c r="L79" t="s">
+        <v>456</v>
+      </c>
+      <c r="M79" t="s">
+        <v>255</v>
+      </c>
+      <c r="N79" t="s">
         <v>75</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G13">
+      <c r="O79" t="s">
+        <v>457</v>
+      </c>
+      <c r="P79" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>459</v>
+      </c>
+      <c r="B80" t="s">
+        <v>460</v>
+      </c>
+      <c r="C80" t="s">
+        <v>182</v>
+      </c>
+      <c r="D80" t="s">
+        <v>183</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2000</v>
+      </c>
+      <c r="I80">
+        <v>2014</v>
+      </c>
+      <c r="J80" t="s">
+        <v>135</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>461</v>
+      </c>
+      <c r="M80" t="s">
+        <v>185</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>462</v>
+      </c>
+      <c r="P80" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>464</v>
+      </c>
+      <c r="B81" t="s">
+        <v>465</v>
+      </c>
+      <c r="C81" t="s">
+        <v>182</v>
+      </c>
+      <c r="D81" t="s">
+        <v>466</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>1997</v>
+      </c>
+      <c r="I81">
+        <v>2014</v>
+      </c>
+      <c r="J81" t="s">
+        <v>191</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>467</v>
+      </c>
+      <c r="M81" t="s">
+        <v>185</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>468</v>
+      </c>
+      <c r="P81" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>470</v>
+      </c>
+      <c r="B82" t="s">
+        <v>471</v>
+      </c>
+      <c r="C82" t="s">
+        <v>182</v>
+      </c>
+      <c r="D82" t="s">
+        <v>183</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>119</v>
+      </c>
+      <c r="G82" t="s">
+        <v>215</v>
+      </c>
+      <c r="H82">
+        <v>1994</v>
+      </c>
+      <c r="I82">
+        <v>2014</v>
+      </c>
+      <c r="J82" t="s">
+        <v>135</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>472</v>
+      </c>
+      <c r="M82" t="s">
+        <v>185</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>473</v>
+      </c>
+      <c r="P82" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>475</v>
+      </c>
+      <c r="B83" t="s">
+        <v>476</v>
+      </c>
+      <c r="C83" t="s">
+        <v>182</v>
+      </c>
+      <c r="D83" t="s">
+        <v>477</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>119</v>
+      </c>
+      <c r="G83" t="s">
+        <v>215</v>
+      </c>
+      <c r="H83">
+        <v>2002</v>
+      </c>
+      <c r="I83">
+        <v>2007</v>
+      </c>
+      <c r="J83" t="s">
+        <v>191</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>478</v>
+      </c>
+      <c r="M83" t="s">
+        <v>185</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>479</v>
+      </c>
+      <c r="P83" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>481</v>
+      </c>
+      <c r="B84" t="s">
+        <v>482</v>
+      </c>
+      <c r="C84" t="s">
+        <v>182</v>
+      </c>
+      <c r="D84" t="s">
+        <v>226</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>483</v>
+      </c>
+      <c r="H84">
+        <v>2010</v>
+      </c>
+      <c r="I84">
         <v>2016</v>
       </c>
-      <c r="H13">
-[...5 lines deleted...]
-      <c r="J13" t="s">
+      <c r="J84" t="s">
+        <v>191</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>484</v>
+      </c>
+      <c r="M84" t="s">
+        <v>185</v>
+      </c>
+      <c r="N84" t="s">
+        <v>216</v>
+      </c>
+      <c r="O84" t="s">
+        <v>485</v>
+      </c>
+      <c r="P84" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>487</v>
+      </c>
+      <c r="B85" t="s">
+        <v>488</v>
+      </c>
+      <c r="C85" t="s">
+        <v>182</v>
+      </c>
+      <c r="D85" t="s">
+        <v>413</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...162 lines deleted...]
-      <c r="H17">
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2008</v>
       </c>
-      <c r="I17" t="s">
-[...279 lines deleted...]
-      <c r="A24" t="s">
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>191</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>489</v>
+      </c>
+      <c r="M85" t="s">
+        <v>185</v>
+      </c>
+      <c r="N85" t="s">
+        <v>216</v>
+      </c>
+      <c r="O85" t="s">
+        <v>490</v>
+      </c>
+      <c r="P85" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>492</v>
+      </c>
+      <c r="B86" t="s">
+        <v>493</v>
+      </c>
+      <c r="C86" t="s">
+        <v>182</v>
+      </c>
+      <c r="D86" t="s">
+        <v>46</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
         <v>119</v>
       </c>
-      <c r="B24" t="s">
-[...173 lines deleted...]
-      <c r="B28" t="s">
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>1995</v>
+      </c>
+      <c r="I86">
+        <v>2008</v>
+      </c>
+      <c r="J86" t="s">
         <v>135</v>
       </c>
-      <c r="C28" t="s">
-[...592 lines deleted...]
-      <c r="L41" t="s">
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>494</v>
+      </c>
+      <c r="M86" t="s">
+        <v>185</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>495</v>
+      </c>
+      <c r="P86" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>497</v>
+      </c>
+      <c r="B87" t="s">
+        <v>498</v>
+      </c>
+      <c r="C87" t="s">
         <v>182</v>
       </c>
-      <c r="M41" t="s">
-[...1993 lines deleted...]
-      </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>332</v>
       </c>
       <c r="E87" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>119</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
       </c>
       <c r="H87">
         <v>2008</v>
       </c>
-      <c r="I87" t="s">
-        <v>101</v>
+      <c r="I87">
+        <v>2014</v>
       </c>
       <c r="J87" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="K87" t="s">
-        <v>332</v>
+        <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>138</v>
+        <v>499</v>
       </c>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="N87" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>500</v>
+      </c>
+      <c r="P87" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>334</v>
+        <v>502</v>
       </c>
       <c r="B88" t="s">
-        <v>135</v>
+        <v>503</v>
       </c>
       <c r="C88" t="s">
-        <v>229</v>
+        <v>182</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="E88" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>119</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
       </c>
       <c r="H88">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>1995</v>
+      </c>
+      <c r="I88">
+        <v>2010</v>
       </c>
       <c r="J88" t="s">
-        <v>21</v>
+        <v>315</v>
       </c>
       <c r="K88" t="s">
-        <v>335</v>
+        <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>138</v>
+        <v>504</v>
       </c>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="N88" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>505</v>
+      </c>
+      <c r="P88" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>337</v>
+        <v>507</v>
       </c>
       <c r="B89" t="s">
-        <v>135</v>
+        <v>508</v>
       </c>
       <c r="C89" t="s">
-        <v>41</v>
+        <v>182</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="E89" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G89">
+        <v>119</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
         <v>1995</v>
       </c>
-      <c r="H89">
-[...3 lines deleted...]
-        <v>218</v>
+      <c r="I89">
+        <v>2016</v>
       </c>
       <c r="J89" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="K89" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L89"/>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="N89" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>509</v>
+      </c>
+      <c r="P89" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>340</v>
+        <v>511</v>
       </c>
       <c r="B90" t="s">
-        <v>135</v>
+        <v>67</v>
       </c>
       <c r="C90" t="s">
-        <v>41</v>
+        <v>512</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="E90" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>70</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
       </c>
       <c r="H90">
         <v>2016</v>
       </c>
-      <c r="I90" t="s">
-        <v>142</v>
+      <c r="I90">
+        <v>2017</v>
       </c>
       <c r="J90" t="s">
+        <v>71</v>
+      </c>
+      <c r="K90" t="s">
+        <v>72</v>
+      </c>
+      <c r="L90" t="s">
+        <v>73</v>
+      </c>
+      <c r="M90" t="s">
+        <v>513</v>
+      </c>
+      <c r="N90" t="s">
+        <v>75</v>
+      </c>
+      <c r="O90" t="s">
+        <v>514</v>
+      </c>
+      <c r="P90" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>516</v>
+      </c>
+      <c r="B91" t="s">
+        <v>517</v>
+      </c>
+      <c r="C91" t="s">
+        <v>518</v>
+      </c>
+      <c r="D91" t="s">
+        <v>63</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
         <v>21</v>
       </c>
-      <c r="K90"/>
-[...30 lines deleted...]
-        <v>2016</v>
+      <c r="G91" t="s">
+        <v>22</v>
       </c>
       <c r="H91">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>2010</v>
+      </c>
+      <c r="I91">
+        <v>2014</v>
       </c>
       <c r="J91" t="s">
+        <v>135</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>519</v>
+      </c>
+      <c r="M91" t="s">
+        <v>520</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>521</v>
+      </c>
+      <c r="P91" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>523</v>
+      </c>
+      <c r="B92" t="s">
+        <v>524</v>
+      </c>
+      <c r="C92" t="s">
+        <v>518</v>
+      </c>
+      <c r="D92" t="s">
+        <v>525</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>119</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2012</v>
+      </c>
+      <c r="I92">
+        <v>2014</v>
+      </c>
+      <c r="J92" t="s">
+        <v>135</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>526</v>
+      </c>
+      <c r="M92" t="s">
+        <v>520</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>527</v>
+      </c>
+      <c r="P92" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>529</v>
+      </c>
+      <c r="B93" t="s">
+        <v>530</v>
+      </c>
+      <c r="C93" t="s">
+        <v>518</v>
+      </c>
+      <c r="D93" t="s">
+        <v>108</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
         <v>21</v>
       </c>
-      <c r="K91"/>
-[...74 lines deleted...]
-        <v>2010</v>
+      <c r="G93" t="s">
+        <v>22</v>
       </c>
       <c r="H93">
+        <v>2012</v>
+      </c>
+      <c r="I93">
         <v>2014</v>
       </c>
-      <c r="I93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J93" t="s">
-        <v>21</v>
+        <v>135</v>
       </c>
       <c r="K93" t="s">
-        <v>351</v>
+        <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>352</v>
+        <v>531</v>
       </c>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>520</v>
       </c>
       <c r="N93" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>532</v>
+      </c>
+      <c r="P93" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>354</v>
+        <v>534</v>
       </c>
       <c r="B94" t="s">
-        <v>350</v>
+        <v>535</v>
       </c>
       <c r="C94" t="s">
-        <v>355</v>
+        <v>87</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>536</v>
       </c>
       <c r="E94" t="s">
-        <v>93</v>
+        <v>160</v>
       </c>
       <c r="F94" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
       </c>
       <c r="H94">
         <v>2014</v>
       </c>
-      <c r="I94" t="s">
-        <v>101</v>
+      <c r="I94">
+        <v>2017</v>
       </c>
       <c r="J94" t="s">
-        <v>21</v>
+        <v>537</v>
       </c>
       <c r="K94" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="N94" t="s">
-        <v>357</v>
-[...85 lines deleted...]
-        <v>364</v>
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>538</v>
+      </c>
+      <c r="P94" t="s">
+        <v>539</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>