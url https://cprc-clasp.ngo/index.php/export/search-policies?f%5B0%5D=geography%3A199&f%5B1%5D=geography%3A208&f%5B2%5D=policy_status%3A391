--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="537">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -114,50 +114,53 @@
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -203,150 +206,138 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...2 lines deleted...]
-    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
+  </si>
+  <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+  </si>
+  <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
+    <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
-  </si>
-[...91 lines deleted...]
-    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
     <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
   </si>
   <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
@@ -2001,51 +1992,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P94"/>
+  <dimension ref="A1:P93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="182.813" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2147,4600 +2138,4552 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I8">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L8"/>
+        <v>68</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
       <c r="M8" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I9">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="K9" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
       <c r="M10" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="D11" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I11">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J11" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="M11" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12">
         <v>2018</v>
       </c>
       <c r="J12" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M12" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="P12" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D13" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="P13" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B14" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D14" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>115</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="I15">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="J15" t="s">
-        <v>71</v>
+        <v>117</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
       <c r="M15" t="s">
-        <v>82</v>
+        <v>119</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="P15" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I16">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="J16" t="s">
-        <v>120</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B17" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D17" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2004</v>
       </c>
       <c r="I17">
         <v>2010</v>
       </c>
       <c r="J17" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M17" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="P17" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>134</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>119</v>
+        <v>33</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I18">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>135</v>
+        <v>35</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B19" t="s">
         <v>139</v>
       </c>
       <c r="C19" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I19">
         <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
       <c r="M19" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P19" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
-        <v>127</v>
+        <v>144</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
       <c r="I20">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J20" t="s">
-        <v>34</v>
+        <v>117</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B21" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C21" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="I21">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="J21" t="s">
-        <v>120</v>
+        <v>151</v>
       </c>
       <c r="K21" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>68</v>
+      </c>
+      <c r="L21" t="s">
+        <v>69</v>
+      </c>
       <c r="M21" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="N21" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="P21" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B22" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C22" t="s">
-        <v>153</v>
+        <v>83</v>
       </c>
       <c r="D22" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>157</v>
       </c>
       <c r="F22" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="I22">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>154</v>
+        <v>67</v>
       </c>
       <c r="K22" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>73</v>
+        <v>158</v>
       </c>
       <c r="M22" t="s">
-        <v>155</v>
+        <v>86</v>
       </c>
       <c r="N22" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="P22" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
-        <v>87</v>
+        <v>163</v>
       </c>
       <c r="D23" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="E23" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I23">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>71</v>
+        <v>151</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>90</v>
+        <v>164</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="P23" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C24" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D24" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="E24" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F24" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I24">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="J24" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L24"/>
+        <v>68</v>
+      </c>
+      <c r="L24" t="s">
+        <v>69</v>
+      </c>
       <c r="M24" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="N24" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O24" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="P24" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C25" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D25" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="E25" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F25" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2018</v>
       </c>
       <c r="I25">
         <v>2022</v>
       </c>
       <c r="J25" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="K25" t="s">
-        <v>72</v>
+        <v>175</v>
       </c>
       <c r="L25" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="M25" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="N25" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="O25" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="P25" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C26" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="D26" t="s">
-        <v>69</v>
+        <v>180</v>
       </c>
       <c r="E26" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="I26">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J26" t="s">
-        <v>154</v>
+        <v>181</v>
       </c>
       <c r="K26" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="N26" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="P26" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B27" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C27" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D27" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="I27">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="J27" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>189</v>
+      </c>
       <c r="M27" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="P27" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B28" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C28" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D28" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="I28">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J28" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="M28" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="P28" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B29" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C29" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D29" t="s">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="I29">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="J29" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>198</v>
       </c>
       <c r="M29" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P29" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B30" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C30" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D30" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="I30">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="J30" t="s">
-        <v>203</v>
+        <v>181</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="M30" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="P30" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B31" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C31" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D31" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>212</v>
       </c>
       <c r="H31">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="I31">
-        <v>2025</v>
+        <v>2005</v>
       </c>
       <c r="J31" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N31" t="s">
-        <v>27</v>
+        <v>213</v>
       </c>
       <c r="O31" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="P31" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B32" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C32" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D32" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>215</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="I32">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="J32" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32"/>
+      <c r="L32" t="s">
+        <v>218</v>
+      </c>
       <c r="M32" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N32" t="s">
-        <v>216</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="P32" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B33" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C33" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D33" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H33">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="I33">
         <v>2025</v>
       </c>
       <c r="J33" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="M33" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="P33" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B34" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C34" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>91</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I34">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J34" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>227</v>
       </c>
       <c r="M34" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P34" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D35" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2012</v>
+        <v>1995</v>
       </c>
       <c r="I35">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J35" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M35" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P35" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C36" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D36" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>1995</v>
       </c>
       <c r="I36">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J36" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P36" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B37" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C37" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D37" t="s">
-        <v>46</v>
+        <v>241</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="I37">
         <v>2018</v>
       </c>
       <c r="J37" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>239</v>
+      </c>
       <c r="M37" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="P37" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B38" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C38" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D38" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I38">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J38" t="s">
-        <v>191</v>
+        <v>92</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M38" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="P38" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B39" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C39" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D39" t="s">
-        <v>249</v>
+        <v>125</v>
       </c>
       <c r="E39" t="s">
-        <v>20</v>
+        <v>157</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="I39">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J39" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="M39" t="s">
-        <v>185</v>
+        <v>252</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="P39" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>255</v>
+      </c>
+      <c r="B40" t="s">
+        <v>256</v>
+      </c>
+      <c r="C40" t="s">
+        <v>179</v>
+      </c>
+      <c r="D40" t="s">
+        <v>91</v>
+      </c>
+      <c r="E40" t="s">
+        <v>157</v>
+      </c>
+      <c r="F40" t="s">
+        <v>52</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2010</v>
+      </c>
+      <c r="I40">
+        <v>2022</v>
+      </c>
+      <c r="J40" t="s">
+        <v>132</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>257</v>
+      </c>
+      <c r="M40" t="s">
         <v>252</v>
       </c>
-      <c r="B40" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="P40" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B41" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C41" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D41" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="E41" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F41" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
       <c r="I41">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="J41" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="M41" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="P41" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B42" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C42" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D42" t="s">
-        <v>46</v>
+        <v>223</v>
       </c>
       <c r="E42" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F42" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="I42">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="M42" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N42" t="s">
-        <v>27</v>
+        <v>213</v>
       </c>
       <c r="O42" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="P42" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B43" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C43" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D43" t="s">
-        <v>226</v>
+        <v>91</v>
       </c>
       <c r="E43" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F43" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="I43">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J43" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="M43" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N43" t="s">
-        <v>216</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="P43" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B44" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C44" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D44" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="E44" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F44" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="I44">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J44" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="M44" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="P44" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B45" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C45" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D45" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E45" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F45" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>1996</v>
       </c>
       <c r="I45">
         <v>2012</v>
       </c>
       <c r="J45" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="M45" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="P45" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B46" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C46" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D46" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E46" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F46" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>1996</v>
       </c>
       <c r="I46">
         <v>2012</v>
       </c>
       <c r="J46" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="M46" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P46" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B47" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C47" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D47" t="s">
-        <v>108</v>
+        <v>91</v>
       </c>
       <c r="E47" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F47" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>1996</v>
       </c>
       <c r="I47">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J47" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="M47" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="P47" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B48" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C48" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D48" t="s">
-        <v>63</v>
+        <v>105</v>
       </c>
       <c r="E48" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F48" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>1996</v>
       </c>
       <c r="I48">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J48" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="M48" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="P48" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B49" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C49" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D49" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="E49" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F49" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="I49">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J49" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="M49" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="P49" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B50" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C50" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D50" t="s">
-        <v>108</v>
+        <v>91</v>
       </c>
       <c r="E50" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F50" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="I50">
         <v>2012</v>
       </c>
       <c r="J50" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="M50" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="P50" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B51" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C51" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D51" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="E51" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F51" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>1998</v>
       </c>
       <c r="I51">
         <v>2012</v>
       </c>
       <c r="J51" t="s">
-        <v>135</v>
+        <v>312</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="M51" t="s">
-        <v>255</v>
+        <v>314</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="P51" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B52" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C52" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D52" t="s">
-        <v>46</v>
+        <v>211</v>
       </c>
       <c r="E52" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F52" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="I52">
         <v>2012</v>
       </c>
       <c r="J52" t="s">
-        <v>315</v>
+        <v>132</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="M52" t="s">
-        <v>317</v>
+        <v>252</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="P52" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B53" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C53" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D53" t="s">
-        <v>214</v>
+        <v>187</v>
       </c>
       <c r="E53" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F53" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="I53">
         <v>2012</v>
       </c>
       <c r="J53" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="M53" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="P53" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B54" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C54" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D54" t="s">
-        <v>190</v>
+        <v>329</v>
       </c>
       <c r="E54" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F54" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="I54">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J54" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="M54" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="P54" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B55" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C55" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D55" t="s">
-        <v>332</v>
+        <v>180</v>
       </c>
       <c r="E55" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F55" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="I55">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="M55" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="P55" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B56" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C56" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D56" t="s">
-        <v>183</v>
+        <v>105</v>
       </c>
       <c r="E56" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F56" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="I56">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J56" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="M56" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="P56" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B57" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C57" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D57" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="E57" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F57" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="I57">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>135</v>
+        <v>312</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="M57" t="s">
-        <v>255</v>
+        <v>314</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="P57" t="s">
-        <v>345</v>
+        <v>316</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B58" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C58" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D58" t="s">
-        <v>46</v>
+        <v>349</v>
       </c>
       <c r="E58" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F58" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="I58">
         <v>2012</v>
       </c>
       <c r="J58" t="s">
-        <v>315</v>
+        <v>132</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="M58" t="s">
-        <v>317</v>
+        <v>252</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="P58" t="s">
-        <v>319</v>
+        <v>352</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B59" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C59" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D59" t="s">
-        <v>352</v>
+        <v>91</v>
       </c>
       <c r="E59" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F59" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="I59">
         <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="M59" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N59" t="s">
-        <v>27</v>
+        <v>213</v>
       </c>
       <c r="O59" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="P59" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B60" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C60" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D60" t="s">
-        <v>63</v>
+        <v>105</v>
       </c>
       <c r="E60" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F60" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2004</v>
       </c>
       <c r="I60">
         <v>2012</v>
       </c>
       <c r="J60" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="M60" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N60" t="s">
-        <v>216</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P60" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B61" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C61" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D61" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="E61" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F61" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2004</v>
       </c>
       <c r="I61">
         <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="M61" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P61" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B62" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C62" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D62" t="s">
-        <v>108</v>
+        <v>180</v>
       </c>
       <c r="E62" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F62" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2004</v>
       </c>
       <c r="I62">
         <v>2012</v>
       </c>
       <c r="J62" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="M62" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="P62" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B63" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C63" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D63" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E63" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F63" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2004</v>
       </c>
       <c r="I63">
         <v>2012</v>
       </c>
       <c r="J63" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>372</v>
+        <v>277</v>
       </c>
       <c r="M63" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P63" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B64" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C64" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D64" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E64" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F64" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="I64">
         <v>2012</v>
       </c>
       <c r="J64" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>280</v>
+        <v>378</v>
       </c>
       <c r="M64" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="P64" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B65" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C65" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D65" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E65" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F65" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2005</v>
       </c>
       <c r="I65">
         <v>2012</v>
       </c>
       <c r="J65" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="M65" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="P65" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B66" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C66" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D66" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="E66" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F66" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="I66">
         <v>2012</v>
       </c>
       <c r="J66" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="M66" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="P66" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B67" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C67" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D67" t="s">
-        <v>101</v>
+        <v>393</v>
       </c>
       <c r="E67" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F67" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2007</v>
       </c>
       <c r="I67">
         <v>2012</v>
       </c>
       <c r="J67" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="M67" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="P67" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B68" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C68" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D68" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E68" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F68" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I68">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J68" t="s">
-        <v>135</v>
+        <v>312</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="M68" t="s">
-        <v>255</v>
+        <v>314</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="P68" t="s">
-        <v>399</v>
+        <v>316</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B69" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C69" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E69" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F69" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="I69">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J69" t="s">
-        <v>315</v>
+        <v>132</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="M69" t="s">
-        <v>317</v>
+        <v>252</v>
       </c>
       <c r="N69" t="s">
-        <v>27</v>
+        <v>213</v>
       </c>
       <c r="O69" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="P69" t="s">
-        <v>319</v>
+        <v>407</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B70" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C70" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D70" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="E70" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F70" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2008</v>
       </c>
       <c r="I70">
         <v>2012</v>
       </c>
       <c r="J70" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="M70" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N70" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="O70" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="P70" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B71" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C71" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D71" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="E71" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F71" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2008</v>
       </c>
       <c r="I71">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="J71" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="M71" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N71" t="s">
-        <v>216</v>
+        <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="P71" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B72" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C72" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D72" t="s">
-        <v>419</v>
+        <v>223</v>
       </c>
       <c r="E72" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F72" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="I72">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J72" t="s">
-        <v>135</v>
+        <v>312</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="M72" t="s">
-        <v>255</v>
+        <v>314</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="P72" t="s">
-        <v>422</v>
+        <v>316</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B73" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C73" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D73" t="s">
-        <v>226</v>
+        <v>426</v>
       </c>
       <c r="E73" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F73" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="I73">
         <v>2012</v>
       </c>
       <c r="J73" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="M73" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="P73" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B74" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C74" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D74" t="s">
-        <v>429</v>
+        <v>223</v>
       </c>
       <c r="E74" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F74" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I74">
         <v>2012</v>
       </c>
       <c r="J74" t="s">
-        <v>315</v>
+        <v>132</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="M74" t="s">
-        <v>317</v>
+        <v>252</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P74" t="s">
-        <v>319</v>
+        <v>433</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B75" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C75" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D75" t="s">
-        <v>226</v>
+        <v>91</v>
       </c>
       <c r="E75" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F75" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2009</v>
       </c>
       <c r="I75">
         <v>2012</v>
       </c>
       <c r="J75" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="M75" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="P75" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B76" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C76" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D76" t="s">
-        <v>63</v>
+        <v>441</v>
       </c>
       <c r="E76" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F76" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I76">
         <v>2012</v>
       </c>
       <c r="J76" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="M76" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="P76" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B77" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C77" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D77" t="s">
-        <v>444</v>
+        <v>211</v>
       </c>
       <c r="E77" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F77" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2010</v>
       </c>
       <c r="I77">
         <v>2012</v>
       </c>
       <c r="J77" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="M77" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="P77" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B78" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C78" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D78" t="s">
-        <v>214</v>
+        <v>452</v>
       </c>
       <c r="E78" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F78" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I78">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="J78" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K78" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="L78" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="M78" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="N78" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O78" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="P78" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B79" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="C79" t="s">
+        <v>179</v>
+      </c>
+      <c r="D79" t="s">
+        <v>180</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2000</v>
+      </c>
+      <c r="I79">
+        <v>2014</v>
+      </c>
+      <c r="J79" t="s">
+        <v>132</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>458</v>
+      </c>
+      <c r="M79" t="s">
         <v>182</v>
       </c>
-      <c r="D79" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="N79" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="P79" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B80" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C80" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D80" t="s">
-        <v>183</v>
+        <v>463</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="I80">
         <v>2014</v>
       </c>
       <c r="J80" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="M80" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="P80" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B81" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C81" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D81" t="s">
-        <v>466</v>
+        <v>180</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G81" t="s">
-        <v>22</v>
+        <v>212</v>
       </c>
       <c r="H81">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="I81">
         <v>2014</v>
       </c>
       <c r="J81" t="s">
-        <v>191</v>
+        <v>132</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="M81" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="P81" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B82" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C82" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D82" t="s">
-        <v>183</v>
+        <v>474</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="G82" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="H82">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="I82">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="J82" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="M82" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="P82" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B83" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="C83" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D83" t="s">
-        <v>477</v>
+        <v>223</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>215</v>
+        <v>480</v>
       </c>
       <c r="H83">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="I83">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="J83" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="M83" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N83" t="s">
-        <v>27</v>
+        <v>213</v>
       </c>
       <c r="O83" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="P83" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B84" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C84" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D84" t="s">
-        <v>226</v>
+        <v>410</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>483</v>
+        <v>22</v>
       </c>
       <c r="H84">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="M84" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N84" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="O84" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="P84" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B85" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C85" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D85" t="s">
-        <v>413</v>
+        <v>47</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
+        <v>1995</v>
+      </c>
+      <c r="I85">
         <v>2008</v>
       </c>
-      <c r="I85"/>
       <c r="J85" t="s">
-        <v>191</v>
+        <v>132</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="M85" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N85" t="s">
-        <v>216</v>
+        <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="P85" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B86" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C86" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D86" t="s">
-        <v>46</v>
+        <v>329</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="I86">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="J86" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="M86" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="P86" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B87" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C87" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D87" t="s">
-        <v>332</v>
+        <v>47</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>2008</v>
+        <v>1995</v>
       </c>
       <c r="I87">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="J87" t="s">
-        <v>191</v>
+        <v>312</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="M87" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="P87" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B88" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C88" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D88" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>1995</v>
       </c>
       <c r="I88">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J88" t="s">
-        <v>315</v>
+        <v>188</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
-      <c r="L88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L88"/>
       <c r="M88" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="P88" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B89" t="s">
-        <v>508</v>
+        <v>63</v>
       </c>
       <c r="C89" t="s">
-        <v>182</v>
+        <v>509</v>
       </c>
       <c r="D89" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>119</v>
+        <v>66</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="I89">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J89" t="s">
-        <v>191</v>
+        <v>67</v>
       </c>
       <c r="K89" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L89"/>
+        <v>68</v>
+      </c>
+      <c r="L89" t="s">
+        <v>69</v>
+      </c>
       <c r="M89" t="s">
-        <v>185</v>
+        <v>510</v>
       </c>
       <c r="N89" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O89" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="P89" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B90" t="s">
-        <v>67</v>
+        <v>514</v>
       </c>
       <c r="C90" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="D90" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I90">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J90" t="s">
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="K90" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>73</v>
+        <v>516</v>
       </c>
       <c r="M90" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="N90" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="P90" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B91" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="C91" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="D91" t="s">
-        <v>63</v>
+        <v>522</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I91">
         <v>2014</v>
       </c>
       <c r="J91" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="M91" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="P91" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B92" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C92" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="D92" t="s">
-        <v>525</v>
+        <v>105</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2012</v>
       </c>
       <c r="I92">
         <v>2014</v>
       </c>
       <c r="J92" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="M92" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="P92" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="B93" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C93" t="s">
-        <v>518</v>
+        <v>83</v>
       </c>
       <c r="D93" t="s">
-        <v>108</v>
+        <v>533</v>
       </c>
       <c r="E93" t="s">
-        <v>20</v>
+        <v>157</v>
       </c>
       <c r="F93" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I93">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J93" t="s">
-        <v>135</v>
+        <v>534</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
-      <c r="L93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>520</v>
+        <v>86</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="P93" t="s">
-        <v>533</v>
-[...12 lines deleted...]
-      <c r="D94" t="s">
         <v>536</v>
-      </c>
-[...32 lines deleted...]
-        <v>539</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">