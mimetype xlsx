--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,1504 +12,2266 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="714">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...7 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Commission - DG Energy</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
+    <t>May 2024</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
   </si>
   <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4148</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1773,5643 +2535,6412 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N128"/>
+  <dimension ref="A1:P128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2003</v>
       </c>
-      <c r="H3">
-[...2 lines deleted...]
-      <c r="I3" t="s">
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...23 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...38 lines deleted...]
-      <c r="E5" t="s">
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...23 lines deleted...]
-      <c r="N5" t="s">
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1995</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
         <v>38</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H6">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1998</v>
+      </c>
+      <c r="I9">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...38 lines deleted...]
-      <c r="H7">
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1997</v>
+      </c>
+      <c r="I10">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
-[...131 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K10"/>
+        <v>38</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="N10" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>67</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
         <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>53</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>1997</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2019</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-      <c r="M11" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>67</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
         <v>52</v>
       </c>
-      <c r="N11" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>53</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>1995</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2023</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="K12" t="s">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="L12" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1995</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K13" t="s">
+        <v>45</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1979</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+      <c r="K14" t="s">
+        <v>45</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>55</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1979</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>60</v>
+      </c>
+      <c r="K15" t="s">
+        <v>45</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>55</v>
+      </c>
+      <c r="N16" t="s">
+        <v>109</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>108</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>60</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" t="s">
+        <v>52</v>
+      </c>
+      <c r="F18" t="s">
+        <v>108</v>
+      </c>
+      <c r="G18" t="s">
+        <v>117</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>55</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" t="s">
+        <v>108</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>38</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>123</v>
+      </c>
+      <c r="M19" t="s">
+        <v>124</v>
+      </c>
+      <c r="N19" t="s">
+        <v>109</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>120</v>
+      </c>
+      <c r="B20" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" t="s">
+        <v>122</v>
+      </c>
+      <c r="E20" t="s">
+        <v>52</v>
+      </c>
+      <c r="F20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>60</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>109</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>120</v>
+      </c>
+      <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" t="s">
+        <v>122</v>
+      </c>
+      <c r="E21" t="s">
+        <v>52</v>
+      </c>
+      <c r="F21" t="s">
+        <v>108</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>60</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>123</v>
+      </c>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>109</v>
+      </c>
+      <c r="O21" t="s">
+        <v>129</v>
+      </c>
+      <c r="P21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" t="s">
+        <v>52</v>
+      </c>
+      <c r="F22" t="s">
+        <v>108</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>133</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>55</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>134</v>
+      </c>
+      <c r="P22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>136</v>
+      </c>
+      <c r="B23" t="s">
+        <v>137</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" t="s">
+        <v>108</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>38</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>55</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>138</v>
+      </c>
+      <c r="P23" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>78</v>
+      </c>
+      <c r="E24" t="s">
+        <v>52</v>
+      </c>
+      <c r="F24" t="s">
+        <v>108</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>38</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>142</v>
+      </c>
+      <c r="M24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>143</v>
+      </c>
+      <c r="P24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" t="s">
+        <v>108</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>38</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
         <v>66</v>
       </c>
-    </row>
-[...64 lines deleted...]
-      <c r="H14">
+      <c r="M25" t="s">
+        <v>148</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>149</v>
+      </c>
+      <c r="P25" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>151</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>153</v>
+      </c>
+      <c r="E26" t="s">
+        <v>52</v>
+      </c>
+      <c r="F26" t="s">
+        <v>108</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>38</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>55</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>154</v>
+      </c>
+      <c r="P26" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" t="s">
+        <v>153</v>
+      </c>
+      <c r="E27" t="s">
+        <v>52</v>
+      </c>
+      <c r="F27" t="s">
+        <v>108</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>60</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>161</v>
+      </c>
+      <c r="E28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F28" t="s">
+        <v>108</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2013</v>
       </c>
-      <c r="I14" t="s">
-[...199 lines deleted...]
-      <c r="G19">
+      <c r="I28">
+        <v>2023</v>
+      </c>
+      <c r="J28" t="s">
+        <v>38</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>55</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>162</v>
+      </c>
+      <c r="P28" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>52</v>
+      </c>
+      <c r="F29" t="s">
+        <v>108</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2015</v>
       </c>
-      <c r="H19">
-[...110 lines deleted...]
-      <c r="C22" t="s">
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>167</v>
+      </c>
+      <c r="K29" t="s">
+        <v>168</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
         <v>55</v>
       </c>
-      <c r="D22" t="s">
-[...104 lines deleted...]
-      <c r="K24" t="s">
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>169</v>
+      </c>
+      <c r="P29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" t="s">
         <v>97</v>
       </c>
-      <c r="L24" t="s">
-[...142 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D30" t="s">
+        <v>173</v>
+      </c>
+      <c r="E30" t="s">
+        <v>52</v>
+      </c>
+      <c r="F30" t="s">
         <v>108</v>
       </c>
-      <c r="D28" t="s">
-[...93 lines deleted...]
-        <v>2024</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2024</v>
       </c>
-      <c r="I30" t="s">
-        <v>118</v>
+      <c r="I30">
+        <v>2024</v>
       </c>
       <c r="J30" t="s">
+        <v>174</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>55</v>
+      </c>
+      <c r="N30" t="s">
+        <v>109</v>
+      </c>
+      <c r="O30" t="s">
+        <v>175</v>
+      </c>
+      <c r="P30" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>177</v>
+      </c>
+      <c r="B31" t="s">
+        <v>178</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>179</v>
+      </c>
+      <c r="E31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F31" t="s">
+        <v>108</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1992</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>180</v>
+      </c>
+      <c r="K31" t="s">
+        <v>181</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>55</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>182</v>
+      </c>
+      <c r="P31" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
+        <v>102</v>
+      </c>
+      <c r="D32" t="s">
+        <v>179</v>
+      </c>
+      <c r="E32" t="s">
+        <v>52</v>
+      </c>
+      <c r="F32" t="s">
+        <v>108</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1992</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
+      <c r="J32" t="s">
+        <v>167</v>
+      </c>
+      <c r="K32" t="s">
+        <v>181</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>184</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" t="s">
+        <v>189</v>
+      </c>
+      <c r="D33" t="s">
+        <v>190</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K30"/>
-[...32 lines deleted...]
-      <c r="H31">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>191</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>192</v>
+      </c>
+      <c r="M33" t="s">
+        <v>193</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>194</v>
+      </c>
+      <c r="P33" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>196</v>
+      </c>
+      <c r="B34" t="s">
+        <v>197</v>
+      </c>
+      <c r="C34" t="s">
+        <v>189</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2017</v>
+      </c>
+      <c r="I34">
+        <v>2021</v>
+      </c>
+      <c r="J34" t="s">
+        <v>198</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>193</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>199</v>
+      </c>
+      <c r="P34" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>201</v>
+      </c>
+      <c r="B35" t="s">
+        <v>202</v>
+      </c>
+      <c r="C35" t="s">
+        <v>189</v>
+      </c>
+      <c r="D35" t="s">
+        <v>203</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35">
+        <v>2014</v>
+      </c>
+      <c r="J35" t="s">
+        <v>204</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>193</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>205</v>
+      </c>
+      <c r="P35" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>207</v>
+      </c>
+      <c r="B36" t="s">
+        <v>208</v>
+      </c>
+      <c r="C36" t="s">
+        <v>189</v>
+      </c>
+      <c r="D36" t="s">
+        <v>209</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>191</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>193</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>210</v>
+      </c>
+      <c r="P36" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>212</v>
+      </c>
+      <c r="B37" t="s">
+        <v>213</v>
+      </c>
+      <c r="C37" t="s">
+        <v>189</v>
+      </c>
+      <c r="D37" t="s">
+        <v>214</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="I31" t="s">
-[...80 lines deleted...]
-      <c r="H33">
+      <c r="I37">
         <v>2020</v>
       </c>
-      <c r="I33" t="s">
-[...2 lines deleted...]
-      <c r="J33" t="s">
+      <c r="J37" t="s">
+        <v>191</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>215</v>
+      </c>
+      <c r="M37" t="s">
+        <v>193</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>216</v>
+      </c>
+      <c r="P37" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B38" t="s">
+        <v>219</v>
+      </c>
+      <c r="C38" t="s">
+        <v>189</v>
+      </c>
+      <c r="D38" t="s">
+        <v>220</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K33" t="s">
-[...31 lines deleted...]
-      <c r="G34">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>204</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>193</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>221</v>
+      </c>
+      <c r="P38" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>223</v>
+      </c>
+      <c r="B39" t="s">
+        <v>224</v>
+      </c>
+      <c r="C39" t="s">
+        <v>189</v>
+      </c>
+      <c r="D39" t="s">
+        <v>225</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39">
+        <v>2018</v>
+      </c>
+      <c r="J39" t="s">
+        <v>204</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>226</v>
+      </c>
+      <c r="M39" t="s">
+        <v>193</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>227</v>
+      </c>
+      <c r="P39" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>229</v>
+      </c>
+      <c r="B40" t="s">
+        <v>230</v>
+      </c>
+      <c r="C40" t="s">
+        <v>189</v>
+      </c>
+      <c r="D40" t="s">
+        <v>231</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40">
+        <v>2019</v>
+      </c>
+      <c r="J40" t="s">
+        <v>191</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>193</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>232</v>
+      </c>
+      <c r="P40" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>234</v>
+      </c>
+      <c r="B41" t="s">
+        <v>235</v>
+      </c>
+      <c r="C41" t="s">
+        <v>189</v>
+      </c>
+      <c r="D41" t="s">
+        <v>37</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2017</v>
       </c>
-      <c r="H34">
-[...5 lines deleted...]
-      <c r="J34" t="s">
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>204</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>193</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>236</v>
+      </c>
+      <c r="P41" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>238</v>
+      </c>
+      <c r="B42" t="s">
+        <v>239</v>
+      </c>
+      <c r="C42" t="s">
+        <v>189</v>
+      </c>
+      <c r="D42" t="s">
+        <v>240</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...29 lines deleted...]
-      <c r="G35">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
+      <c r="J42" t="s">
+        <v>191</v>
+      </c>
+      <c r="K42" t="s">
+        <v>241</v>
+      </c>
+      <c r="L42" t="s">
+        <v>242</v>
+      </c>
+      <c r="M42" t="s">
+        <v>193</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>243</v>
+      </c>
+      <c r="P42" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>245</v>
+      </c>
+      <c r="B43" t="s">
+        <v>246</v>
+      </c>
+      <c r="C43" t="s">
+        <v>189</v>
+      </c>
+      <c r="D43" t="s">
+        <v>247</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2016</v>
+      </c>
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>191</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>248</v>
+      </c>
+      <c r="M43" t="s">
+        <v>193</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>249</v>
+      </c>
+      <c r="P43" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>251</v>
+      </c>
+      <c r="B44" t="s">
+        <v>252</v>
+      </c>
+      <c r="C44" t="s">
+        <v>253</v>
+      </c>
+      <c r="D44" t="s">
+        <v>254</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>53</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2010</v>
       </c>
-      <c r="H35">
-[...5 lines deleted...]
-      <c r="J35" t="s">
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
+        <v>198</v>
+      </c>
+      <c r="K44" t="s">
+        <v>255</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>256</v>
+      </c>
+      <c r="N44" t="s">
+        <v>257</v>
+      </c>
+      <c r="O44" t="s">
+        <v>258</v>
+      </c>
+      <c r="P44" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>260</v>
+      </c>
+      <c r="B45" t="s">
+        <v>261</v>
+      </c>
+      <c r="C45" t="s">
+        <v>59</v>
+      </c>
+      <c r="D45" t="s">
+        <v>65</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-[...416 lines deleted...]
-        <v>2015</v>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
-      <c r="I45" t="s">
-        <v>177</v>
+      <c r="I45">
+        <v>2015</v>
       </c>
       <c r="J45" t="s">
+        <v>262</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>263</v>
+      </c>
+      <c r="M45" t="s">
+        <v>264</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>265</v>
+      </c>
+      <c r="P45" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>260</v>
+      </c>
+      <c r="B46" t="s">
+        <v>267</v>
+      </c>
+      <c r="C46" t="s">
+        <v>59</v>
+      </c>
+      <c r="D46" t="s">
+        <v>268</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
-      <c r="I46" t="s">
-        <v>177</v>
+      <c r="I46">
+        <v>2015</v>
       </c>
       <c r="J46" t="s">
+        <v>262</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>263</v>
+      </c>
+      <c r="M46" t="s">
+        <v>264</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>269</v>
+      </c>
+      <c r="P46" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>260</v>
+      </c>
+      <c r="B47" t="s">
+        <v>270</v>
+      </c>
+      <c r="C47" t="s">
+        <v>59</v>
+      </c>
+      <c r="D47" t="s">
+        <v>240</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
-      <c r="I47" t="s">
-        <v>177</v>
+      <c r="I47">
+        <v>2015</v>
       </c>
       <c r="J47" t="s">
+        <v>262</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>263</v>
+      </c>
+      <c r="M47" t="s">
+        <v>264</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>271</v>
+      </c>
+      <c r="P47" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>272</v>
+      </c>
+      <c r="B48" t="s">
+        <v>273</v>
+      </c>
+      <c r="C48" t="s">
+        <v>274</v>
+      </c>
+      <c r="D48" t="s">
+        <v>32</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...28 lines deleted...]
-      <c r="F48" t="s">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1994</v>
+      </c>
+      <c r="I48">
+        <v>2020</v>
+      </c>
+      <c r="J48" t="s">
+        <v>275</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>276</v>
+      </c>
+      <c r="M48" t="s">
+        <v>277</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>278</v>
+      </c>
+      <c r="P48" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>280</v>
+      </c>
+      <c r="B49" t="s">
+        <v>281</v>
+      </c>
+      <c r="C49" t="s">
+        <v>274</v>
+      </c>
+      <c r="D49" t="s">
+        <v>37</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2001</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>275</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>282</v>
+      </c>
+      <c r="M49" t="s">
+        <v>277</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>283</v>
+      </c>
+      <c r="P49" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>285</v>
+      </c>
+      <c r="B50" t="s">
+        <v>286</v>
+      </c>
+      <c r="C50" t="s">
+        <v>287</v>
+      </c>
+      <c r="D50" t="s">
+        <v>288</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>53</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2008</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>289</v>
+      </c>
+      <c r="K50" t="s">
+        <v>255</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>290</v>
+      </c>
+      <c r="N50" t="s">
+        <v>257</v>
+      </c>
+      <c r="O50" t="s">
+        <v>291</v>
+      </c>
+      <c r="P50" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>293</v>
+      </c>
+      <c r="B51" t="s">
+        <v>294</v>
+      </c>
+      <c r="C51" t="s">
+        <v>287</v>
+      </c>
+      <c r="D51" t="s">
+        <v>295</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>53</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2008</v>
+      </c>
+      <c r="I51">
+        <v>2015</v>
+      </c>
+      <c r="J51" t="s">
+        <v>289</v>
+      </c>
+      <c r="K51" t="s">
+        <v>255</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>290</v>
+      </c>
+      <c r="N51" t="s">
+        <v>257</v>
+      </c>
+      <c r="O51" t="s">
+        <v>296</v>
+      </c>
+      <c r="P51" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>298</v>
+      </c>
+      <c r="B52" t="s">
+        <v>299</v>
+      </c>
+      <c r="C52" t="s">
+        <v>287</v>
+      </c>
+      <c r="D52" t="s">
+        <v>300</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>53</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2008</v>
+      </c>
+      <c r="I52">
+        <v>2015</v>
+      </c>
+      <c r="J52" t="s">
+        <v>289</v>
+      </c>
+      <c r="K52" t="s">
+        <v>255</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>290</v>
+      </c>
+      <c r="N52" t="s">
+        <v>257</v>
+      </c>
+      <c r="O52" t="s">
+        <v>301</v>
+      </c>
+      <c r="P52" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>303</v>
+      </c>
+      <c r="B53" t="s">
+        <v>304</v>
+      </c>
+      <c r="C53" t="s">
+        <v>305</v>
+      </c>
+      <c r="D53" t="s">
+        <v>306</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>108</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1987</v>
+      </c>
+      <c r="I53">
+        <v>1988</v>
+      </c>
+      <c r="J53" t="s">
+        <v>307</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>308</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>309</v>
+      </c>
+      <c r="P53" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>311</v>
+      </c>
+      <c r="B54" t="s">
+        <v>312</v>
+      </c>
+      <c r="C54" t="s">
+        <v>305</v>
+      </c>
+      <c r="D54" t="s">
+        <v>313</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>108</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1987</v>
+      </c>
+      <c r="I54">
+        <v>1988</v>
+      </c>
+      <c r="J54" t="s">
+        <v>307</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>314</v>
+      </c>
+      <c r="M54" t="s">
+        <v>308</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>315</v>
+      </c>
+      <c r="P54" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>317</v>
+      </c>
+      <c r="B55" t="s">
+        <v>318</v>
+      </c>
+      <c r="C55" t="s">
+        <v>305</v>
+      </c>
+      <c r="D55" t="s">
         <v>19</v>
       </c>
-      <c r="G48">
-[...8 lines deleted...]
-      <c r="J48" t="s">
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>108</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1989</v>
+      </c>
+      <c r="I55">
+        <v>1991</v>
+      </c>
+      <c r="J55" t="s">
+        <v>307</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>319</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>320</v>
+      </c>
+      <c r="P55" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>322</v>
+      </c>
+      <c r="B56" t="s">
+        <v>323</v>
+      </c>
+      <c r="C56" t="s">
+        <v>305</v>
+      </c>
+      <c r="D56" t="s">
+        <v>37</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>108</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1989</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>324</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>308</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>325</v>
+      </c>
+      <c r="P56" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>327</v>
+      </c>
+      <c r="B57" t="s">
+        <v>328</v>
+      </c>
+      <c r="C57" t="s">
+        <v>305</v>
+      </c>
+      <c r="D57" t="s">
+        <v>122</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>108</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1989</v>
+      </c>
+      <c r="I57">
+        <v>1992</v>
+      </c>
+      <c r="J57" t="s">
+        <v>324</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>308</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>329</v>
+      </c>
+      <c r="P57" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>331</v>
+      </c>
+      <c r="B58" t="s">
+        <v>332</v>
+      </c>
+      <c r="C58" t="s">
+        <v>305</v>
+      </c>
+      <c r="D58" t="s">
+        <v>247</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>108</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1986</v>
+      </c>
+      <c r="I58">
+        <v>1988</v>
+      </c>
+      <c r="J58" t="s">
+        <v>307</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>308</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>333</v>
+      </c>
+      <c r="P58" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>335</v>
+      </c>
+      <c r="B59" t="s">
+        <v>336</v>
+      </c>
+      <c r="C59" t="s">
+        <v>305</v>
+      </c>
+      <c r="D59" t="s">
+        <v>231</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>53</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1999</v>
+      </c>
+      <c r="I59">
+        <v>2000</v>
+      </c>
+      <c r="J59" t="s">
+        <v>307</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>337</v>
+      </c>
+      <c r="M59" t="s">
+        <v>319</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>338</v>
+      </c>
+      <c r="P59" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>340</v>
+      </c>
+      <c r="B60" t="s">
+        <v>341</v>
+      </c>
+      <c r="C60" t="s">
+        <v>305</v>
+      </c>
+      <c r="D60" t="s">
+        <v>306</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>53</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2011</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
+        <v>307</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>342</v>
+      </c>
+      <c r="M60" t="s">
+        <v>319</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>343</v>
+      </c>
+      <c r="P60" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>345</v>
+      </c>
+      <c r="B61" t="s">
+        <v>346</v>
+      </c>
+      <c r="C61" t="s">
+        <v>305</v>
+      </c>
+      <c r="D61" t="s">
+        <v>65</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>53</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2011</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>307</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>347</v>
+      </c>
+      <c r="M61" t="s">
+        <v>319</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>348</v>
+      </c>
+      <c r="P61" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>350</v>
+      </c>
+      <c r="B62" t="s">
+        <v>351</v>
+      </c>
+      <c r="C62" t="s">
+        <v>352</v>
+      </c>
+      <c r="D62" t="s">
+        <v>353</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
         <v>21</v>
       </c>
-      <c r="K48" t="s">
-[...588 lines deleted...]
-        <v>2006</v>
+      <c r="G62" t="s">
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2006</v>
       </c>
-      <c r="I62" t="s">
-        <v>237</v>
+      <c r="I62">
+        <v>2006</v>
       </c>
       <c r="J62" t="s">
+        <v>354</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>355</v>
+      </c>
+      <c r="M62" t="s">
+        <v>356</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>357</v>
+      </c>
+      <c r="P62"/>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>358</v>
+      </c>
+      <c r="B63" t="s">
+        <v>359</v>
+      </c>
+      <c r="C63" t="s">
+        <v>360</v>
+      </c>
+      <c r="D63" t="s">
+        <v>361</v>
+      </c>
+      <c r="E63" t="s">
+        <v>52</v>
+      </c>
+      <c r="F63" t="s">
+        <v>108</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2014</v>
+      </c>
+      <c r="I63">
+        <v>2025</v>
+      </c>
+      <c r="J63" t="s">
+        <v>362</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>363</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>364</v>
+      </c>
+      <c r="P63" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>366</v>
+      </c>
+      <c r="B64" t="s">
+        <v>367</v>
+      </c>
+      <c r="C64" t="s">
+        <v>360</v>
+      </c>
+      <c r="D64" t="s">
+        <v>65</v>
+      </c>
+      <c r="E64" t="s">
+        <v>52</v>
+      </c>
+      <c r="F64" t="s">
+        <v>368</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2010</v>
+      </c>
+      <c r="I64">
+        <v>2016</v>
+      </c>
+      <c r="J64" t="s">
+        <v>369</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>370</v>
+      </c>
+      <c r="M64" t="s">
+        <v>363</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>371</v>
+      </c>
+      <c r="P64" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>373</v>
+      </c>
+      <c r="B65" t="s">
+        <v>374</v>
+      </c>
+      <c r="C65" t="s">
+        <v>360</v>
+      </c>
+      <c r="D65" t="s">
+        <v>375</v>
+      </c>
+      <c r="E65" t="s">
+        <v>52</v>
+      </c>
+      <c r="F65" t="s">
+        <v>108</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2004</v>
+      </c>
+      <c r="I65">
+        <v>2015</v>
+      </c>
+      <c r="J65" t="s">
+        <v>362</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>376</v>
+      </c>
+      <c r="M65" t="s">
+        <v>363</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>377</v>
+      </c>
+      <c r="P65" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>379</v>
+      </c>
+      <c r="B66" t="s">
+        <v>380</v>
+      </c>
+      <c r="C66" t="s">
+        <v>360</v>
+      </c>
+      <c r="D66" t="s">
+        <v>361</v>
+      </c>
+      <c r="E66" t="s">
+        <v>52</v>
+      </c>
+      <c r="F66" t="s">
+        <v>108</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1996</v>
+      </c>
+      <c r="I66">
+        <v>2005</v>
+      </c>
+      <c r="J66" t="s">
+        <v>381</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>379</v>
+      </c>
+      <c r="M66" t="s">
+        <v>363</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>382</v>
+      </c>
+      <c r="P66" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>384</v>
+      </c>
+      <c r="B67" t="s">
+        <v>385</v>
+      </c>
+      <c r="C67" t="s">
+        <v>360</v>
+      </c>
+      <c r="D67" t="s">
+        <v>386</v>
+      </c>
+      <c r="E67" t="s">
+        <v>52</v>
+      </c>
+      <c r="F67" t="s">
+        <v>368</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2006</v>
+      </c>
+      <c r="I67">
+        <v>2025</v>
+      </c>
+      <c r="J67" t="s">
+        <v>362</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>387</v>
+      </c>
+      <c r="M67" t="s">
+        <v>363</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>388</v>
+      </c>
+      <c r="P67" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>390</v>
+      </c>
+      <c r="B68" t="s">
+        <v>391</v>
+      </c>
+      <c r="C68" t="s">
+        <v>360</v>
+      </c>
+      <c r="D68" t="s">
+        <v>392</v>
+      </c>
+      <c r="E68" t="s">
+        <v>52</v>
+      </c>
+      <c r="F68" t="s">
+        <v>108</v>
+      </c>
+      <c r="G68" t="s">
+        <v>393</v>
+      </c>
+      <c r="H68">
+        <v>1997</v>
+      </c>
+      <c r="I68">
+        <v>2005</v>
+      </c>
+      <c r="J68" t="s">
+        <v>369</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>363</v>
+      </c>
+      <c r="N68" t="s">
+        <v>109</v>
+      </c>
+      <c r="O68" t="s">
+        <v>394</v>
+      </c>
+      <c r="P68" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>396</v>
+      </c>
+      <c r="B69" t="s">
+        <v>397</v>
+      </c>
+      <c r="C69" t="s">
+        <v>360</v>
+      </c>
+      <c r="D69" t="s">
+        <v>392</v>
+      </c>
+      <c r="E69" t="s">
+        <v>52</v>
+      </c>
+      <c r="F69" t="s">
+        <v>108</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2004</v>
+      </c>
+      <c r="I69">
+        <v>2025</v>
+      </c>
+      <c r="J69" t="s">
+        <v>362</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>398</v>
+      </c>
+      <c r="M69" t="s">
+        <v>363</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>399</v>
+      </c>
+      <c r="P69" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>401</v>
+      </c>
+      <c r="B70" t="s">
+        <v>402</v>
+      </c>
+      <c r="C70" t="s">
+        <v>360</v>
+      </c>
+      <c r="D70" t="s">
+        <v>403</v>
+      </c>
+      <c r="E70" t="s">
+        <v>52</v>
+      </c>
+      <c r="F70" t="s">
+        <v>108</v>
+      </c>
+      <c r="G70" t="s">
+        <v>8</v>
+      </c>
+      <c r="H70">
+        <v>2016</v>
+      </c>
+      <c r="I70">
+        <v>2025</v>
+      </c>
+      <c r="J70" t="s">
+        <v>362</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>404</v>
+      </c>
+      <c r="M70" t="s">
+        <v>363</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>405</v>
+      </c>
+      <c r="P70" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>407</v>
+      </c>
+      <c r="B71" t="s">
+        <v>408</v>
+      </c>
+      <c r="C71" t="s">
+        <v>360</v>
+      </c>
+      <c r="D71" t="s">
+        <v>231</v>
+      </c>
+      <c r="E71" t="s">
+        <v>52</v>
+      </c>
+      <c r="F71" t="s">
+        <v>108</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2012</v>
+      </c>
+      <c r="I71">
+        <v>2013</v>
+      </c>
+      <c r="J71" t="s">
+        <v>369</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>407</v>
+      </c>
+      <c r="M71" t="s">
+        <v>363</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>409</v>
+      </c>
+      <c r="P71" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>411</v>
+      </c>
+      <c r="B72" t="s">
+        <v>412</v>
+      </c>
+      <c r="C72" t="s">
+        <v>360</v>
+      </c>
+      <c r="D72" t="s">
+        <v>247</v>
+      </c>
+      <c r="E72" t="s">
+        <v>52</v>
+      </c>
+      <c r="F72" t="s">
+        <v>108</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1995</v>
+      </c>
+      <c r="I72">
+        <v>2017</v>
+      </c>
+      <c r="J72" t="s">
+        <v>369</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>411</v>
+      </c>
+      <c r="M72" t="s">
+        <v>363</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>413</v>
+      </c>
+      <c r="P72" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>415</v>
+      </c>
+      <c r="B73" t="s">
+        <v>416</v>
+      </c>
+      <c r="C73" t="s">
+        <v>360</v>
+      </c>
+      <c r="D73" t="s">
+        <v>247</v>
+      </c>
+      <c r="E73" t="s">
+        <v>52</v>
+      </c>
+      <c r="F73" t="s">
+        <v>108</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>1995</v>
+      </c>
+      <c r="I73">
+        <v>2018</v>
+      </c>
+      <c r="J73" t="s">
+        <v>369</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>363</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>417</v>
+      </c>
+      <c r="P73" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>419</v>
+      </c>
+      <c r="B74" t="s">
+        <v>420</v>
+      </c>
+      <c r="C74" t="s">
+        <v>360</v>
+      </c>
+      <c r="D74" t="s">
+        <v>421</v>
+      </c>
+      <c r="E74" t="s">
+        <v>52</v>
+      </c>
+      <c r="F74" t="s">
+        <v>108</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2010</v>
+      </c>
+      <c r="I74">
+        <v>2018</v>
+      </c>
+      <c r="J74" t="s">
+        <v>369</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>419</v>
+      </c>
+      <c r="M74" t="s">
+        <v>363</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>422</v>
+      </c>
+      <c r="P74" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>424</v>
+      </c>
+      <c r="B75" t="s">
+        <v>425</v>
+      </c>
+      <c r="C75" t="s">
+        <v>360</v>
+      </c>
+      <c r="D75" t="s">
+        <v>426</v>
+      </c>
+      <c r="E75" t="s">
+        <v>52</v>
+      </c>
+      <c r="F75" t="s">
+        <v>108</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2012</v>
+      </c>
+      <c r="I75">
+        <v>2017</v>
+      </c>
+      <c r="J75" t="s">
+        <v>427</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>424</v>
+      </c>
+      <c r="M75" t="s">
+        <v>363</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>428</v>
+      </c>
+      <c r="P75" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>430</v>
+      </c>
+      <c r="B76" t="s">
+        <v>431</v>
+      </c>
+      <c r="C76" t="s">
+        <v>432</v>
+      </c>
+      <c r="D76" t="s">
+        <v>37</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
         <v>21</v>
       </c>
-      <c r="K62" t="s">
-[...31 lines deleted...]
-      <c r="G63">
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2006</v>
+      </c>
+      <c r="I76">
+        <v>2015</v>
+      </c>
+      <c r="J76" t="s">
+        <v>433</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>434</v>
+      </c>
+      <c r="M76" t="s">
+        <v>435</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>436</v>
+      </c>
+      <c r="P76" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>438</v>
+      </c>
+      <c r="B77" t="s">
+        <v>439</v>
+      </c>
+      <c r="C77" t="s">
+        <v>253</v>
+      </c>
+      <c r="D77" t="s">
+        <v>440</v>
+      </c>
+      <c r="E77" t="s">
+        <v>52</v>
+      </c>
+      <c r="F77" t="s">
+        <v>368</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2017</v>
+      </c>
+      <c r="I77">
+        <v>2021</v>
+      </c>
+      <c r="J77" t="s">
+        <v>198</v>
+      </c>
+      <c r="K77" t="s">
+        <v>441</v>
+      </c>
+      <c r="L77" t="s">
+        <v>442</v>
+      </c>
+      <c r="M77" t="s">
+        <v>443</v>
+      </c>
+      <c r="N77" t="s">
+        <v>109</v>
+      </c>
+      <c r="O77" t="s">
+        <v>444</v>
+      </c>
+      <c r="P77" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>446</v>
+      </c>
+      <c r="B78" t="s">
+        <v>447</v>
+      </c>
+      <c r="C78" t="s">
+        <v>448</v>
+      </c>
+      <c r="D78" t="s">
+        <v>449</v>
+      </c>
+      <c r="E78" t="s">
+        <v>52</v>
+      </c>
+      <c r="F78" t="s">
+        <v>53</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2008</v>
+      </c>
+      <c r="I78">
+        <v>2013</v>
+      </c>
+      <c r="J78" t="s">
+        <v>427</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>263</v>
+      </c>
+      <c r="M78" t="s">
+        <v>450</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>451</v>
+      </c>
+      <c r="P78" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>453</v>
+      </c>
+      <c r="B79" t="s">
+        <v>454</v>
+      </c>
+      <c r="C79" t="s">
+        <v>360</v>
+      </c>
+      <c r="D79" t="s">
+        <v>306</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2000</v>
+      </c>
+      <c r="I79">
+        <v>2020</v>
+      </c>
+      <c r="J79" t="s">
+        <v>455</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>456</v>
+      </c>
+      <c r="M79" t="s">
+        <v>457</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>458</v>
+      </c>
+      <c r="P79" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>460</v>
+      </c>
+      <c r="B80" t="s">
+        <v>461</v>
+      </c>
+      <c r="C80" t="s">
+        <v>360</v>
+      </c>
+      <c r="D80" t="s">
+        <v>231</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2010</v>
+      </c>
+      <c r="I80">
+        <v>2022</v>
+      </c>
+      <c r="J80" t="s">
+        <v>455</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>462</v>
+      </c>
+      <c r="M80" t="s">
+        <v>457</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>463</v>
+      </c>
+      <c r="P80" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>465</v>
+      </c>
+      <c r="B81" t="s">
+        <v>466</v>
+      </c>
+      <c r="C81" t="s">
+        <v>360</v>
+      </c>
+      <c r="D81" t="s">
+        <v>247</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2010</v>
+      </c>
+      <c r="I81">
+        <v>2017</v>
+      </c>
+      <c r="J81" t="s">
+        <v>455</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>467</v>
+      </c>
+      <c r="M81" t="s">
+        <v>457</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>468</v>
+      </c>
+      <c r="P81" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>470</v>
+      </c>
+      <c r="B82" t="s">
+        <v>471</v>
+      </c>
+      <c r="C82" t="s">
+        <v>360</v>
+      </c>
+      <c r="D82" t="s">
+        <v>403</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>1994</v>
+      </c>
+      <c r="I82">
+        <v>2012</v>
+      </c>
+      <c r="J82" t="s">
+        <v>455</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>472</v>
+      </c>
+      <c r="M82" t="s">
+        <v>457</v>
+      </c>
+      <c r="N82" t="s">
+        <v>109</v>
+      </c>
+      <c r="O82" t="s">
+        <v>473</v>
+      </c>
+      <c r="P82" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>475</v>
+      </c>
+      <c r="B83" t="s">
+        <v>476</v>
+      </c>
+      <c r="C83" t="s">
+        <v>360</v>
+      </c>
+      <c r="D83" t="s">
+        <v>231</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1995</v>
+      </c>
+      <c r="I83">
+        <v>2013</v>
+      </c>
+      <c r="J83" t="s">
+        <v>455</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>477</v>
+      </c>
+      <c r="M83" t="s">
+        <v>457</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>478</v>
+      </c>
+      <c r="P83" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>480</v>
+      </c>
+      <c r="B84" t="s">
+        <v>481</v>
+      </c>
+      <c r="C84" t="s">
+        <v>360</v>
+      </c>
+      <c r="D84" t="s">
+        <v>482</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>1996</v>
+      </c>
+      <c r="I84">
+        <v>2012</v>
+      </c>
+      <c r="J84" t="s">
+        <v>455</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>483</v>
+      </c>
+      <c r="M84" t="s">
+        <v>457</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>484</v>
+      </c>
+      <c r="P84" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>486</v>
+      </c>
+      <c r="B85" t="s">
+        <v>487</v>
+      </c>
+      <c r="C85" t="s">
+        <v>360</v>
+      </c>
+      <c r="D85" t="s">
+        <v>482</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>1996</v>
+      </c>
+      <c r="I85">
+        <v>2012</v>
+      </c>
+      <c r="J85" t="s">
+        <v>455</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>488</v>
+      </c>
+      <c r="M85" t="s">
+        <v>457</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>489</v>
+      </c>
+      <c r="P85" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>491</v>
+      </c>
+      <c r="B86" t="s">
+        <v>492</v>
+      </c>
+      <c r="C86" t="s">
+        <v>360</v>
+      </c>
+      <c r="D86" t="s">
+        <v>493</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>1996</v>
+      </c>
+      <c r="I86">
+        <v>2012</v>
+      </c>
+      <c r="J86" t="s">
+        <v>455</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>494</v>
+      </c>
+      <c r="M86" t="s">
+        <v>457</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>495</v>
+      </c>
+      <c r="P86" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>497</v>
+      </c>
+      <c r="B87" t="s">
+        <v>498</v>
+      </c>
+      <c r="C87" t="s">
+        <v>360</v>
+      </c>
+      <c r="D87" t="s">
+        <v>231</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>1996</v>
+      </c>
+      <c r="I87">
+        <v>2015</v>
+      </c>
+      <c r="J87" t="s">
+        <v>455</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>499</v>
+      </c>
+      <c r="M87" t="s">
+        <v>457</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>500</v>
+      </c>
+      <c r="P87" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>502</v>
+      </c>
+      <c r="B88" t="s">
+        <v>503</v>
+      </c>
+      <c r="C88" t="s">
+        <v>360</v>
+      </c>
+      <c r="D88" t="s">
+        <v>493</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>1996</v>
+      </c>
+      <c r="I88">
+        <v>2013</v>
+      </c>
+      <c r="J88" t="s">
+        <v>455</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>504</v>
+      </c>
+      <c r="M88" t="s">
+        <v>457</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>505</v>
+      </c>
+      <c r="P88" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>507</v>
+      </c>
+      <c r="B89" t="s">
+        <v>508</v>
+      </c>
+      <c r="C89" t="s">
+        <v>360</v>
+      </c>
+      <c r="D89" t="s">
+        <v>493</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>1997</v>
+      </c>
+      <c r="I89">
+        <v>2012</v>
+      </c>
+      <c r="J89" t="s">
+        <v>455</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>509</v>
+      </c>
+      <c r="M89" t="s">
+        <v>457</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>510</v>
+      </c>
+      <c r="P89" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>512</v>
+      </c>
+      <c r="B90" t="s">
+        <v>513</v>
+      </c>
+      <c r="C90" t="s">
+        <v>360</v>
+      </c>
+      <c r="D90" t="s">
+        <v>231</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>1998</v>
+      </c>
+      <c r="I90">
+        <v>2012</v>
+      </c>
+      <c r="J90" t="s">
+        <v>455</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>514</v>
+      </c>
+      <c r="M90" t="s">
+        <v>457</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>515</v>
+      </c>
+      <c r="P90" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>517</v>
+      </c>
+      <c r="B91" t="s">
+        <v>518</v>
+      </c>
+      <c r="C91" t="s">
+        <v>360</v>
+      </c>
+      <c r="D91" t="s">
+        <v>247</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>1998</v>
+      </c>
+      <c r="I91">
+        <v>2012</v>
+      </c>
+      <c r="J91" t="s">
+        <v>354</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>519</v>
+      </c>
+      <c r="M91" t="s">
+        <v>520</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>521</v>
+      </c>
+      <c r="P91" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>523</v>
+      </c>
+      <c r="B92" t="s">
+        <v>524</v>
+      </c>
+      <c r="C92" t="s">
+        <v>360</v>
+      </c>
+      <c r="D92" t="s">
+        <v>392</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>1999</v>
+      </c>
+      <c r="I92">
+        <v>2012</v>
+      </c>
+      <c r="J92" t="s">
+        <v>455</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>525</v>
+      </c>
+      <c r="M92" t="s">
+        <v>457</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>526</v>
+      </c>
+      <c r="P92" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>528</v>
+      </c>
+      <c r="B93" t="s">
+        <v>529</v>
+      </c>
+      <c r="C93" t="s">
+        <v>360</v>
+      </c>
+      <c r="D93" t="s">
+        <v>65</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2000</v>
+      </c>
+      <c r="I93">
+        <v>2012</v>
+      </c>
+      <c r="J93" t="s">
+        <v>455</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>530</v>
+      </c>
+      <c r="M93" t="s">
+        <v>457</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>531</v>
+      </c>
+      <c r="P93" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>533</v>
+      </c>
+      <c r="B94" t="s">
+        <v>534</v>
+      </c>
+      <c r="C94" t="s">
+        <v>360</v>
+      </c>
+      <c r="D94" t="s">
+        <v>535</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2001</v>
+      </c>
+      <c r="I94">
+        <v>2015</v>
+      </c>
+      <c r="J94" t="s">
+        <v>455</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>536</v>
+      </c>
+      <c r="M94" t="s">
+        <v>457</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>537</v>
+      </c>
+      <c r="P94" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>539</v>
+      </c>
+      <c r="B95" t="s">
+        <v>540</v>
+      </c>
+      <c r="C95" t="s">
+        <v>360</v>
+      </c>
+      <c r="D95" t="s">
+        <v>361</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2002</v>
+      </c>
+      <c r="I95">
+        <v>2012</v>
+      </c>
+      <c r="J95" t="s">
+        <v>455</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>541</v>
+      </c>
+      <c r="M95" t="s">
+        <v>457</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>542</v>
+      </c>
+      <c r="P95" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>544</v>
+      </c>
+      <c r="B96" t="s">
+        <v>545</v>
+      </c>
+      <c r="C96" t="s">
+        <v>360</v>
+      </c>
+      <c r="D96" t="s">
+        <v>493</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2003</v>
+      </c>
+      <c r="I96">
+        <v>2013</v>
+      </c>
+      <c r="J96" t="s">
+        <v>455</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>546</v>
+      </c>
+      <c r="M96" t="s">
+        <v>457</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>547</v>
+      </c>
+      <c r="P96" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>549</v>
+      </c>
+      <c r="B97" t="s">
+        <v>550</v>
+      </c>
+      <c r="C97" t="s">
+        <v>360</v>
+      </c>
+      <c r="D97" t="s">
+        <v>247</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>1998</v>
+      </c>
+      <c r="I97">
+        <v>2012</v>
+      </c>
+      <c r="J97" t="s">
+        <v>354</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>551</v>
+      </c>
+      <c r="M97" t="s">
+        <v>520</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>552</v>
+      </c>
+      <c r="P97" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>553</v>
+      </c>
+      <c r="B98" t="s">
+        <v>554</v>
+      </c>
+      <c r="C98" t="s">
+        <v>360</v>
+      </c>
+      <c r="D98" t="s">
+        <v>555</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2003</v>
+      </c>
+      <c r="I98">
+        <v>2012</v>
+      </c>
+      <c r="J98" t="s">
+        <v>455</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>556</v>
+      </c>
+      <c r="M98" t="s">
+        <v>457</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>557</v>
+      </c>
+      <c r="P98" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>559</v>
+      </c>
+      <c r="B99" t="s">
+        <v>560</v>
+      </c>
+      <c r="C99" t="s">
+        <v>360</v>
+      </c>
+      <c r="D99" t="s">
+        <v>231</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2004</v>
+      </c>
+      <c r="I99">
+        <v>2012</v>
+      </c>
+      <c r="J99" t="s">
+        <v>455</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>561</v>
+      </c>
+      <c r="M99" t="s">
+        <v>457</v>
+      </c>
+      <c r="N99" t="s">
+        <v>109</v>
+      </c>
+      <c r="O99" t="s">
+        <v>562</v>
+      </c>
+      <c r="P99" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>564</v>
+      </c>
+      <c r="B100" t="s">
+        <v>565</v>
+      </c>
+      <c r="C100" t="s">
+        <v>360</v>
+      </c>
+      <c r="D100" t="s">
+        <v>493</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2004</v>
+      </c>
+      <c r="I100">
+        <v>2012</v>
+      </c>
+      <c r="J100" t="s">
+        <v>455</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>566</v>
+      </c>
+      <c r="M100" t="s">
+        <v>457</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>567</v>
+      </c>
+      <c r="P100" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>569</v>
+      </c>
+      <c r="B101" t="s">
+        <v>570</v>
+      </c>
+      <c r="C101" t="s">
+        <v>360</v>
+      </c>
+      <c r="D101" t="s">
+        <v>493</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2004</v>
+      </c>
+      <c r="I101">
+        <v>2012</v>
+      </c>
+      <c r="J101" t="s">
+        <v>455</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>566</v>
+      </c>
+      <c r="M101" t="s">
+        <v>457</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>571</v>
+      </c>
+      <c r="P101" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>573</v>
+      </c>
+      <c r="B102" t="s">
+        <v>574</v>
+      </c>
+      <c r="C102" t="s">
+        <v>360</v>
+      </c>
+      <c r="D102" t="s">
+        <v>361</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2004</v>
+      </c>
+      <c r="I102">
+        <v>2012</v>
+      </c>
+      <c r="J102" t="s">
+        <v>455</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>575</v>
+      </c>
+      <c r="M102" t="s">
+        <v>457</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>576</v>
+      </c>
+      <c r="P102" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>578</v>
+      </c>
+      <c r="B103" t="s">
+        <v>579</v>
+      </c>
+      <c r="C103" t="s">
+        <v>360</v>
+      </c>
+      <c r="D103" t="s">
+        <v>482</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2004</v>
+      </c>
+      <c r="I103">
+        <v>2012</v>
+      </c>
+      <c r="J103" t="s">
+        <v>455</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>483</v>
+      </c>
+      <c r="M103" t="s">
+        <v>457</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>580</v>
+      </c>
+      <c r="P103" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>582</v>
+      </c>
+      <c r="B104" t="s">
+        <v>583</v>
+      </c>
+      <c r="C104" t="s">
+        <v>360</v>
+      </c>
+      <c r="D104" t="s">
+        <v>482</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2005</v>
+      </c>
+      <c r="I104">
+        <v>2012</v>
+      </c>
+      <c r="J104" t="s">
+        <v>455</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>584</v>
+      </c>
+      <c r="M104" t="s">
+        <v>457</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>585</v>
+      </c>
+      <c r="P104" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>587</v>
+      </c>
+      <c r="B105" t="s">
+        <v>588</v>
+      </c>
+      <c r="C105" t="s">
+        <v>360</v>
+      </c>
+      <c r="D105" t="s">
+        <v>493</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2005</v>
+      </c>
+      <c r="I105">
+        <v>2012</v>
+      </c>
+      <c r="J105" t="s">
+        <v>455</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>589</v>
+      </c>
+      <c r="M105" t="s">
+        <v>457</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>590</v>
+      </c>
+      <c r="P105" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>592</v>
+      </c>
+      <c r="B106" t="s">
+        <v>593</v>
+      </c>
+      <c r="C106" t="s">
+        <v>360</v>
+      </c>
+      <c r="D106" t="s">
+        <v>482</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2007</v>
+      </c>
+      <c r="I106">
+        <v>2012</v>
+      </c>
+      <c r="J106" t="s">
+        <v>455</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>594</v>
+      </c>
+      <c r="M106" t="s">
+        <v>457</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>595</v>
+      </c>
+      <c r="P106" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>597</v>
+      </c>
+      <c r="B107" t="s">
+        <v>598</v>
+      </c>
+      <c r="C107" t="s">
+        <v>360</v>
+      </c>
+      <c r="D107" t="s">
+        <v>599</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2007</v>
+      </c>
+      <c r="I107">
+        <v>2012</v>
+      </c>
+      <c r="J107" t="s">
+        <v>455</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>600</v>
+      </c>
+      <c r="M107" t="s">
+        <v>457</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>601</v>
+      </c>
+      <c r="P107" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>603</v>
+      </c>
+      <c r="B108" t="s">
+        <v>604</v>
+      </c>
+      <c r="C108" t="s">
+        <v>360</v>
+      </c>
+      <c r="D108" t="s">
+        <v>605</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2013</v>
+      </c>
+      <c r="I108">
         <v>2014</v>
       </c>
-      <c r="H63">
-[...5 lines deleted...]
-      <c r="J63" t="s">
+      <c r="J108" t="s">
+        <v>354</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>606</v>
+      </c>
+      <c r="M108" t="s">
+        <v>520</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>607</v>
+      </c>
+      <c r="P108" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>608</v>
+      </c>
+      <c r="B109" t="s">
+        <v>609</v>
+      </c>
+      <c r="C109" t="s">
+        <v>360</v>
+      </c>
+      <c r="D109" t="s">
+        <v>610</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
         <v>21</v>
       </c>
-      <c r="K63"/>
-[...11 lines deleted...]
-      <c r="A64" t="s">
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2008</v>
+      </c>
+      <c r="I109">
+        <v>2012</v>
+      </c>
+      <c r="J109" t="s">
+        <v>455</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>611</v>
+      </c>
+      <c r="M109" t="s">
+        <v>457</v>
+      </c>
+      <c r="N109" t="s">
+        <v>109</v>
+      </c>
+      <c r="O109" t="s">
+        <v>612</v>
+      </c>
+      <c r="P109" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>614</v>
+      </c>
+      <c r="B110" t="s">
+        <v>615</v>
+      </c>
+      <c r="C110" t="s">
+        <v>360</v>
+      </c>
+      <c r="D110" t="s">
+        <v>616</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2008</v>
+      </c>
+      <c r="I110">
+        <v>2012</v>
+      </c>
+      <c r="J110" t="s">
+        <v>455</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>617</v>
+      </c>
+      <c r="M110" t="s">
+        <v>457</v>
+      </c>
+      <c r="N110" t="s">
+        <v>109</v>
+      </c>
+      <c r="O110" t="s">
+        <v>618</v>
+      </c>
+      <c r="P110" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>620</v>
+      </c>
+      <c r="B111" t="s">
+        <v>621</v>
+      </c>
+      <c r="C111" t="s">
+        <v>360</v>
+      </c>
+      <c r="D111" t="s">
+        <v>622</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2008</v>
+      </c>
+      <c r="I111">
+        <v>2009</v>
+      </c>
+      <c r="J111" t="s">
+        <v>455</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>623</v>
+      </c>
+      <c r="M111" t="s">
+        <v>457</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>624</v>
+      </c>
+      <c r="P111" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>626</v>
+      </c>
+      <c r="B112" t="s">
+        <v>627</v>
+      </c>
+      <c r="C112" t="s">
+        <v>360</v>
+      </c>
+      <c r="D112" t="s">
+        <v>403</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>1994</v>
+      </c>
+      <c r="I112">
+        <v>2012</v>
+      </c>
+      <c r="J112" t="s">
+        <v>354</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>628</v>
+      </c>
+      <c r="M112" t="s">
+        <v>520</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>629</v>
+      </c>
+      <c r="P112" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>630</v>
+      </c>
+      <c r="B113" t="s">
+        <v>631</v>
+      </c>
+      <c r="C113" t="s">
+        <v>360</v>
+      </c>
+      <c r="D113" t="s">
+        <v>122</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2008</v>
+      </c>
+      <c r="I113">
+        <v>2012</v>
+      </c>
+      <c r="J113" t="s">
+        <v>354</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>632</v>
+      </c>
+      <c r="M113" t="s">
+        <v>520</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>633</v>
+      </c>
+      <c r="P113" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>634</v>
+      </c>
+      <c r="B114" t="s">
+        <v>635</v>
+      </c>
+      <c r="C114" t="s">
+        <v>360</v>
+      </c>
+      <c r="D114" t="s">
+        <v>403</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2009</v>
+      </c>
+      <c r="I114">
+        <v>2012</v>
+      </c>
+      <c r="J114" t="s">
+        <v>455</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>636</v>
+      </c>
+      <c r="M114" t="s">
+        <v>457</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>637</v>
+      </c>
+      <c r="P114" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>639</v>
+      </c>
+      <c r="B115" t="s">
+        <v>640</v>
+      </c>
+      <c r="C115" t="s">
+        <v>360</v>
+      </c>
+      <c r="D115" t="s">
+        <v>231</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2009</v>
+      </c>
+      <c r="I115">
+        <v>2012</v>
+      </c>
+      <c r="J115" t="s">
+        <v>455</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>641</v>
+      </c>
+      <c r="M115" t="s">
+        <v>457</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>642</v>
+      </c>
+      <c r="P115" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>644</v>
+      </c>
+      <c r="B116" t="s">
+        <v>645</v>
+      </c>
+      <c r="C116" t="s">
+        <v>360</v>
+      </c>
+      <c r="D116" t="s">
+        <v>646</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2010</v>
+      </c>
+      <c r="I116">
+        <v>2012</v>
+      </c>
+      <c r="J116" t="s">
+        <v>455</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>647</v>
+      </c>
+      <c r="M116" t="s">
+        <v>457</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>648</v>
+      </c>
+      <c r="P116" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>650</v>
+      </c>
+      <c r="B117" t="s">
+        <v>651</v>
+      </c>
+      <c r="C117" t="s">
+        <v>360</v>
+      </c>
+      <c r="D117" t="s">
+        <v>392</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2010</v>
+      </c>
+      <c r="I117">
+        <v>2012</v>
+      </c>
+      <c r="J117" t="s">
+        <v>455</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>652</v>
+      </c>
+      <c r="M117" t="s">
+        <v>457</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>653</v>
+      </c>
+      <c r="P117" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>655</v>
+      </c>
+      <c r="B118" t="s">
+        <v>656</v>
+      </c>
+      <c r="C118" t="s">
+        <v>360</v>
+      </c>
+      <c r="D118" t="s">
+        <v>657</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2011</v>
+      </c>
+      <c r="I118">
+        <v>2022</v>
+      </c>
+      <c r="J118" t="s">
+        <v>455</v>
+      </c>
+      <c r="K118" t="s">
+        <v>658</v>
+      </c>
+      <c r="L118" t="s">
+        <v>659</v>
+      </c>
+      <c r="M118" t="s">
+        <v>457</v>
+      </c>
+      <c r="N118" t="s">
+        <v>660</v>
+      </c>
+      <c r="O118" t="s">
+        <v>661</v>
+      </c>
+      <c r="P118" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>663</v>
+      </c>
+      <c r="B119" t="s">
+        <v>664</v>
+      </c>
+      <c r="C119" t="s">
+        <v>360</v>
+      </c>
+      <c r="D119" t="s">
+        <v>361</v>
+      </c>
+      <c r="E119" t="s">
+        <v>52</v>
+      </c>
+      <c r="F119" t="s">
+        <v>108</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2000</v>
+      </c>
+      <c r="I119">
+        <v>2014</v>
+      </c>
+      <c r="J119" t="s">
+        <v>455</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>665</v>
+      </c>
+      <c r="M119" t="s">
+        <v>363</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>666</v>
+      </c>
+      <c r="P119" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>668</v>
+      </c>
+      <c r="B120" t="s">
+        <v>669</v>
+      </c>
+      <c r="C120" t="s">
+        <v>360</v>
+      </c>
+      <c r="D120" t="s">
+        <v>670</v>
+      </c>
+      <c r="E120" t="s">
+        <v>52</v>
+      </c>
+      <c r="F120" t="s">
+        <v>108</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>1997</v>
+      </c>
+      <c r="I120">
+        <v>2014</v>
+      </c>
+      <c r="J120" t="s">
+        <v>369</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>671</v>
+      </c>
+      <c r="M120" t="s">
+        <v>363</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>672</v>
+      </c>
+      <c r="P120" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>674</v>
+      </c>
+      <c r="B121" t="s">
+        <v>675</v>
+      </c>
+      <c r="C121" t="s">
+        <v>360</v>
+      </c>
+      <c r="D121" t="s">
+        <v>361</v>
+      </c>
+      <c r="E121" t="s">
+        <v>52</v>
+      </c>
+      <c r="F121" t="s">
+        <v>368</v>
+      </c>
+      <c r="G121" t="s">
+        <v>393</v>
+      </c>
+      <c r="H121">
+        <v>1994</v>
+      </c>
+      <c r="I121">
+        <v>2014</v>
+      </c>
+      <c r="J121" t="s">
+        <v>455</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>676</v>
+      </c>
+      <c r="M121" t="s">
+        <v>363</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>677</v>
+      </c>
+      <c r="P121" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>679</v>
+      </c>
+      <c r="B122" t="s">
+        <v>680</v>
+      </c>
+      <c r="C122" t="s">
+        <v>360</v>
+      </c>
+      <c r="D122" t="s">
+        <v>681</v>
+      </c>
+      <c r="E122" t="s">
+        <v>52</v>
+      </c>
+      <c r="F122" t="s">
+        <v>368</v>
+      </c>
+      <c r="G122" t="s">
+        <v>393</v>
+      </c>
+      <c r="H122">
+        <v>2002</v>
+      </c>
+      <c r="I122">
+        <v>2007</v>
+      </c>
+      <c r="J122" t="s">
+        <v>369</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>682</v>
+      </c>
+      <c r="M122" t="s">
+        <v>363</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>683</v>
+      </c>
+      <c r="P122" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>685</v>
+      </c>
+      <c r="B123" t="s">
+        <v>686</v>
+      </c>
+      <c r="C123" t="s">
+        <v>360</v>
+      </c>
+      <c r="D123" t="s">
+        <v>403</v>
+      </c>
+      <c r="E123" t="s">
+        <v>52</v>
+      </c>
+      <c r="F123" t="s">
+        <v>108</v>
+      </c>
+      <c r="G123" t="s">
+        <v>117</v>
+      </c>
+      <c r="H123">
+        <v>2010</v>
+      </c>
+      <c r="I123">
+        <v>2016</v>
+      </c>
+      <c r="J123" t="s">
+        <v>369</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>687</v>
+      </c>
+      <c r="M123" t="s">
+        <v>363</v>
+      </c>
+      <c r="N123" t="s">
+        <v>109</v>
+      </c>
+      <c r="O123" t="s">
+        <v>688</v>
+      </c>
+      <c r="P123" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>690</v>
+      </c>
+      <c r="B124" t="s">
+        <v>691</v>
+      </c>
+      <c r="C124" t="s">
+        <v>360</v>
+      </c>
+      <c r="D124" t="s">
+        <v>616</v>
+      </c>
+      <c r="E124" t="s">
+        <v>52</v>
+      </c>
+      <c r="F124" t="s">
+        <v>108</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2008</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>369</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>692</v>
+      </c>
+      <c r="M124" t="s">
+        <v>363</v>
+      </c>
+      <c r="N124" t="s">
+        <v>109</v>
+      </c>
+      <c r="O124" t="s">
+        <v>693</v>
+      </c>
+      <c r="P124" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>695</v>
+      </c>
+      <c r="B125" t="s">
+        <v>696</v>
+      </c>
+      <c r="C125" t="s">
+        <v>360</v>
+      </c>
+      <c r="D125" t="s">
         <v>247</v>
       </c>
-      <c r="B64" t="s">
-[...14 lines deleted...]
-      <c r="G64">
+      <c r="E125" t="s">
+        <v>52</v>
+      </c>
+      <c r="F125" t="s">
+        <v>368</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>1995</v>
+      </c>
+      <c r="I125">
+        <v>2008</v>
+      </c>
+      <c r="J125" t="s">
+        <v>455</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>697</v>
+      </c>
+      <c r="M125" t="s">
+        <v>363</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>698</v>
+      </c>
+      <c r="P125" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>700</v>
+      </c>
+      <c r="B126" t="s">
+        <v>701</v>
+      </c>
+      <c r="C126" t="s">
+        <v>360</v>
+      </c>
+      <c r="D126" t="s">
+        <v>535</v>
+      </c>
+      <c r="E126" t="s">
+        <v>52</v>
+      </c>
+      <c r="F126" t="s">
+        <v>368</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2008</v>
+      </c>
+      <c r="I126">
+        <v>2014</v>
+      </c>
+      <c r="J126" t="s">
+        <v>369</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>702</v>
+      </c>
+      <c r="M126" t="s">
+        <v>363</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>703</v>
+      </c>
+      <c r="P126" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>705</v>
+      </c>
+      <c r="B127" t="s">
+        <v>706</v>
+      </c>
+      <c r="C127" t="s">
+        <v>360</v>
+      </c>
+      <c r="D127" t="s">
+        <v>247</v>
+      </c>
+      <c r="E127" t="s">
+        <v>52</v>
+      </c>
+      <c r="F127" t="s">
+        <v>368</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>1995</v>
+      </c>
+      <c r="I127">
         <v>2010</v>
       </c>
-      <c r="H64">
+      <c r="J127" t="s">
+        <v>354</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>707</v>
+      </c>
+      <c r="M127" t="s">
+        <v>363</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>708</v>
+      </c>
+      <c r="P127" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>710</v>
+      </c>
+      <c r="B128" t="s">
+        <v>711</v>
+      </c>
+      <c r="C128" t="s">
+        <v>360</v>
+      </c>
+      <c r="D128" t="s">
+        <v>247</v>
+      </c>
+      <c r="E128" t="s">
+        <v>52</v>
+      </c>
+      <c r="F128" t="s">
+        <v>368</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>1995</v>
+      </c>
+      <c r="I128">
         <v>2016</v>
       </c>
-      <c r="I64" t="s">
-[...1418 lines deleted...]
-      <c r="N96" t="s">
+      <c r="J128" t="s">
+        <v>369</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
         <v>363</v>
       </c>
-    </row>
-[...1399 lines deleted...]
-      </c>
       <c r="N128" t="s">
-        <v>468</v>
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>712</v>
+      </c>
+      <c r="P128" t="s">
+        <v>713</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>