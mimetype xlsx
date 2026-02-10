--- v0 (2025-12-12)
+++ v1 (2026-02-10)
@@ -2689,51 +2689,51 @@
       </c>
       <c r="P9" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>76</v>
       </c>
       <c r="B10" t="s">
         <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>79</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
         <v>80</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>81</v>
       </c>
       <c r="M10" t="s">
         <v>25</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
         <v>82</v>
       </c>