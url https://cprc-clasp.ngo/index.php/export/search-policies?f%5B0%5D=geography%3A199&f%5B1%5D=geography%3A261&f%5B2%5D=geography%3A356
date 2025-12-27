--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1077">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1079">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1965,50 +1965,53 @@
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -3085,50 +3088,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -3710,51 +3716,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -10878,4319 +10884,4319 @@
       </c>
       <c r="P151" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
         <v>646</v>
       </c>
       <c r="B152" t="s">
         <v>647</v>
       </c>
       <c r="C152" t="s">
         <v>214</v>
       </c>
       <c r="D152" t="s">
         <v>223</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>107</v>
       </c>
       <c r="G152" t="s">
-        <v>43</v>
+        <v>648</v>
       </c>
       <c r="H152">
         <v>1997</v>
       </c>
       <c r="I152">
         <v>2005</v>
       </c>
       <c r="J152" t="s">
         <v>217</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
         <v>612</v>
       </c>
       <c r="N152" t="s">
         <v>25</v>
       </c>
       <c r="O152" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P152" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B153" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C153" t="s">
         <v>214</v>
       </c>
       <c r="D153" t="s">
         <v>223</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>107</v>
       </c>
       <c r="G153" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="H153">
         <v>2004</v>
       </c>
       <c r="I153">
         <v>2025</v>
       </c>
       <c r="J153" t="s">
         <v>610</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="M153" t="s">
         <v>612</v>
       </c>
       <c r="N153" t="s">
         <v>32</v>
       </c>
       <c r="O153" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="P153" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B154" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C154" t="s">
         <v>214</v>
       </c>
       <c r="D154" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>107</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2018</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
         <v>217</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="M154" t="s">
         <v>612</v>
       </c>
       <c r="N154" t="s">
         <v>32</v>
       </c>
       <c r="O154" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="P154" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B155" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C155" t="s">
         <v>214</v>
       </c>
       <c r="D155" t="s">
         <v>450</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>107</v>
       </c>
       <c r="G155" t="s">
         <v>8</v>
       </c>
       <c r="H155">
         <v>2016</v>
       </c>
       <c r="I155">
         <v>2025</v>
       </c>
       <c r="J155" t="s">
         <v>610</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="M155" t="s">
         <v>612</v>
       </c>
       <c r="N155" t="s">
         <v>32</v>
       </c>
       <c r="O155" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="P155" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B156" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C156" t="s">
         <v>214</v>
       </c>
       <c r="D156" t="s">
         <v>371</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>107</v>
       </c>
       <c r="G156" t="s">
         <v>43</v>
       </c>
       <c r="H156">
         <v>2012</v>
       </c>
       <c r="I156">
         <v>2013</v>
       </c>
       <c r="J156" t="s">
         <v>217</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="M156" t="s">
         <v>612</v>
       </c>
       <c r="N156" t="s">
         <v>32</v>
       </c>
       <c r="O156" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="P156" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B157" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C157" t="s">
         <v>214</v>
       </c>
       <c r="D157" t="s">
         <v>295</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>107</v>
       </c>
       <c r="G157" t="s">
         <v>43</v>
       </c>
       <c r="H157">
         <v>1995</v>
       </c>
       <c r="I157">
         <v>2017</v>
       </c>
       <c r="J157" t="s">
         <v>217</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="M157" t="s">
         <v>612</v>
       </c>
       <c r="N157" t="s">
         <v>32</v>
       </c>
       <c r="O157" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="P157" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B158" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C158" t="s">
         <v>214</v>
       </c>
       <c r="D158" t="s">
         <v>295</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>107</v>
       </c>
       <c r="G158" t="s">
         <v>43</v>
       </c>
       <c r="H158">
         <v>1995</v>
       </c>
       <c r="I158">
         <v>2018</v>
       </c>
       <c r="J158" t="s">
         <v>217</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
         <v>612</v>
       </c>
       <c r="N158" t="s">
         <v>32</v>
       </c>
       <c r="O158" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="P158" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B159"/>
       <c r="C159" t="s">
         <v>214</v>
       </c>
       <c r="D159" t="s">
         <v>85</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>107</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>2018</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
         <v>217</v>
       </c>
       <c r="K159" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="L159" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="M159" t="s">
         <v>612</v>
       </c>
       <c r="N159" t="s">
         <v>32</v>
       </c>
       <c r="O159" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="P159" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B160" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C160" t="s">
         <v>214</v>
       </c>
       <c r="D160" t="s">
         <v>555</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>107</v>
       </c>
       <c r="G160" t="s">
         <v>43</v>
       </c>
       <c r="H160">
         <v>2010</v>
       </c>
       <c r="I160">
         <v>2018</v>
       </c>
       <c r="J160" t="s">
         <v>217</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="M160" t="s">
         <v>612</v>
       </c>
       <c r="N160" t="s">
         <v>32</v>
       </c>
       <c r="O160" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="P160" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B161" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C161" t="s">
         <v>214</v>
       </c>
       <c r="D161" t="s">
         <v>134</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>107</v>
       </c>
       <c r="G161" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H161">
         <v>2017</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
         <v>610</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="M161" t="s">
         <v>612</v>
       </c>
       <c r="N161" t="s">
         <v>32</v>
       </c>
       <c r="O161" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P161" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B162" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C162" t="s">
         <v>214</v>
       </c>
       <c r="D162" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>107</v>
       </c>
       <c r="G162" t="s">
         <v>43</v>
       </c>
       <c r="H162">
         <v>2012</v>
       </c>
       <c r="I162">
         <v>2017</v>
       </c>
       <c r="J162" t="s">
         <v>296</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="M162" t="s">
         <v>612</v>
       </c>
       <c r="N162" t="s">
         <v>32</v>
       </c>
       <c r="O162" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="P162" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B163" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C163" t="s">
         <v>214</v>
       </c>
       <c r="D163" t="s">
         <v>439</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>107</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
         <v>2021</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
         <v>217</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="M163" t="s">
         <v>612</v>
       </c>
       <c r="N163" t="s">
         <v>32</v>
       </c>
       <c r="O163" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="P163" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B164" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C164" t="s">
         <v>214</v>
       </c>
       <c r="D164" t="s">
         <v>223</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>107</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
         <v>2021</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
         <v>217</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="N164" t="s">
         <v>25</v>
       </c>
       <c r="O164" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="P164" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B165" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C165" t="s">
         <v>214</v>
       </c>
       <c r="D165" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>609</v>
       </c>
       <c r="G165" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H165">
         <v>2025</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
         <v>610</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="M165" t="s">
         <v>612</v>
       </c>
       <c r="N165" t="s">
         <v>32</v>
       </c>
       <c r="O165" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="P165" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B166" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C166" t="s">
         <v>230</v>
       </c>
       <c r="D166" t="s">
         <v>313</v>
       </c>
       <c r="E166" t="s">
         <v>232</v>
       </c>
       <c r="F166" t="s">
         <v>233</v>
       </c>
       <c r="G166" t="s">
         <v>43</v>
       </c>
       <c r="H166">
         <v>2012</v>
       </c>
       <c r="I166">
         <v>2012</v>
       </c>
       <c r="J166" t="s">
         <v>234</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
         <v>235</v>
       </c>
       <c r="N166" t="s">
         <v>32</v>
       </c>
       <c r="O166" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="P166" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B167" t="s">
         <v>291</v>
       </c>
       <c r="C167" t="s">
         <v>230</v>
       </c>
       <c r="D167" t="s">
         <v>291</v>
       </c>
       <c r="E167" t="s">
         <v>232</v>
       </c>
       <c r="F167" t="s">
         <v>233</v>
       </c>
       <c r="G167" t="s">
         <v>43</v>
       </c>
       <c r="H167">
         <v>2012</v>
       </c>
       <c r="I167">
         <v>2012</v>
       </c>
       <c r="J167" t="s">
         <v>234</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
         <v>235</v>
       </c>
       <c r="N167" t="s">
         <v>32</v>
       </c>
       <c r="O167" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="P167" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B168" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C168" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D168" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="G168" t="s">
         <v>8</v>
       </c>
       <c r="H168">
         <v>2015</v>
       </c>
       <c r="I168">
         <v>2024</v>
       </c>
       <c r="J168" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="M168" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="N168" t="s">
         <v>32</v>
       </c>
       <c r="O168" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="P168" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B169" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C169" t="s">
         <v>230</v>
       </c>
       <c r="D169" t="s">
         <v>388</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="G169" t="s">
         <v>8</v>
       </c>
       <c r="H169">
         <v>2004</v>
       </c>
       <c r="I169">
         <v>2024</v>
       </c>
       <c r="J169" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="M169" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="N169" t="s">
         <v>32</v>
       </c>
       <c r="O169" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="P169" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B170" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C170" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D170" t="s">
         <v>231</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>609</v>
       </c>
       <c r="G170" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H170">
         <v>2024</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="M170" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="N170" t="s">
         <v>32</v>
       </c>
       <c r="O170" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="P170" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B171" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C171" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D171" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="G171" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H171">
         <v>2024</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="M171" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="N171" t="s">
         <v>32</v>
       </c>
       <c r="O171" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="P171" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B172" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C172" t="s">
         <v>230</v>
       </c>
       <c r="D172" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>609</v>
       </c>
       <c r="G172" t="s">
         <v>8</v>
       </c>
       <c r="H172">
         <v>2011</v>
       </c>
       <c r="I172">
         <v>2024</v>
       </c>
       <c r="J172" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="M172" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="N172" t="s">
         <v>32</v>
       </c>
       <c r="O172" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="P172" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B173" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C173" t="s">
         <v>214</v>
       </c>
       <c r="D173" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E173" t="s">
         <v>232</v>
       </c>
       <c r="F173" t="s">
         <v>233</v>
       </c>
       <c r="G173" t="s">
         <v>43</v>
       </c>
       <c r="H173">
         <v>2000</v>
       </c>
       <c r="I173">
         <v>2020</v>
       </c>
       <c r="J173" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="M173" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N173" t="s">
         <v>32</v>
       </c>
       <c r="O173" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="P173" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B174" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C174" t="s">
         <v>214</v>
       </c>
       <c r="D174" t="s">
         <v>371</v>
       </c>
       <c r="E174" t="s">
         <v>232</v>
       </c>
       <c r="F174" t="s">
         <v>233</v>
       </c>
       <c r="G174" t="s">
         <v>43</v>
       </c>
       <c r="H174">
         <v>2010</v>
       </c>
       <c r="I174">
         <v>2022</v>
       </c>
       <c r="J174" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="M174" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N174" t="s">
         <v>32</v>
       </c>
       <c r="O174" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="P174" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B175" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C175" t="s">
         <v>214</v>
       </c>
       <c r="D175" t="s">
         <v>295</v>
       </c>
       <c r="E175" t="s">
         <v>232</v>
       </c>
       <c r="F175" t="s">
         <v>233</v>
       </c>
       <c r="G175" t="s">
         <v>43</v>
       </c>
       <c r="H175">
         <v>2010</v>
       </c>
       <c r="I175">
         <v>2017</v>
       </c>
       <c r="J175" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
       <c r="L175" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="M175" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N175" t="s">
         <v>32</v>
       </c>
       <c r="O175" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="P175" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B176" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C176" t="s">
         <v>214</v>
       </c>
       <c r="D176" t="s">
         <v>450</v>
       </c>
       <c r="E176" t="s">
         <v>232</v>
       </c>
       <c r="F176" t="s">
         <v>233</v>
       </c>
       <c r="G176" t="s">
         <v>43</v>
       </c>
       <c r="H176">
         <v>1994</v>
       </c>
       <c r="I176">
         <v>2012</v>
       </c>
       <c r="J176" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="M176" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N176" t="s">
         <v>25</v>
       </c>
       <c r="O176" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="P176" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B177" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C177" t="s">
         <v>214</v>
       </c>
       <c r="D177" t="s">
         <v>371</v>
       </c>
       <c r="E177" t="s">
         <v>232</v>
       </c>
       <c r="F177" t="s">
         <v>233</v>
       </c>
       <c r="G177" t="s">
         <v>43</v>
       </c>
       <c r="H177">
         <v>1995</v>
       </c>
       <c r="I177">
         <v>2013</v>
       </c>
       <c r="J177" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="M177" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N177" t="s">
         <v>32</v>
       </c>
       <c r="O177" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="P177" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B178" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C178" t="s">
         <v>214</v>
       </c>
       <c r="D178" t="s">
         <v>454</v>
       </c>
       <c r="E178" t="s">
         <v>232</v>
       </c>
       <c r="F178" t="s">
         <v>233</v>
       </c>
       <c r="G178" t="s">
         <v>43</v>
       </c>
       <c r="H178">
         <v>1996</v>
       </c>
       <c r="I178">
         <v>2012</v>
       </c>
       <c r="J178" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K178" t="s">
         <v>24</v>
       </c>
       <c r="L178" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="M178" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N178" t="s">
         <v>32</v>
       </c>
       <c r="O178" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="P178" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B179" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C179" t="s">
         <v>214</v>
       </c>
       <c r="D179" t="s">
         <v>454</v>
       </c>
       <c r="E179" t="s">
         <v>232</v>
       </c>
       <c r="F179" t="s">
         <v>233</v>
       </c>
       <c r="G179" t="s">
         <v>43</v>
       </c>
       <c r="H179">
         <v>1996</v>
       </c>
       <c r="I179">
         <v>2012</v>
       </c>
       <c r="J179" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="M179" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N179" t="s">
         <v>32</v>
       </c>
       <c r="O179" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="P179" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B180" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C180" t="s">
         <v>214</v>
       </c>
       <c r="D180" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E180" t="s">
         <v>232</v>
       </c>
       <c r="F180" t="s">
         <v>233</v>
       </c>
       <c r="G180" t="s">
         <v>43</v>
       </c>
       <c r="H180">
         <v>1996</v>
       </c>
       <c r="I180">
         <v>2012</v>
       </c>
       <c r="J180" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="M180" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N180" t="s">
         <v>32</v>
       </c>
       <c r="O180" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="P180" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B181" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C181" t="s">
         <v>214</v>
       </c>
       <c r="D181" t="s">
         <v>371</v>
       </c>
       <c r="E181" t="s">
         <v>232</v>
       </c>
       <c r="F181" t="s">
         <v>233</v>
       </c>
       <c r="G181" t="s">
         <v>43</v>
       </c>
       <c r="H181">
         <v>1996</v>
       </c>
       <c r="I181">
         <v>2015</v>
       </c>
       <c r="J181" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="M181" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N181" t="s">
         <v>32</v>
       </c>
       <c r="O181" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="P181" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B182" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C182" t="s">
         <v>214</v>
       </c>
       <c r="D182" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E182" t="s">
         <v>232</v>
       </c>
       <c r="F182" t="s">
         <v>233</v>
       </c>
       <c r="G182" t="s">
         <v>43</v>
       </c>
       <c r="H182">
         <v>1996</v>
       </c>
       <c r="I182">
         <v>2013</v>
       </c>
       <c r="J182" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="M182" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N182" t="s">
         <v>32</v>
       </c>
       <c r="O182" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="P182" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B183" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C183" t="s">
         <v>214</v>
       </c>
       <c r="D183" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E183" t="s">
         <v>232</v>
       </c>
       <c r="F183" t="s">
         <v>233</v>
       </c>
       <c r="G183" t="s">
         <v>43</v>
       </c>
       <c r="H183">
         <v>1997</v>
       </c>
       <c r="I183">
         <v>2012</v>
       </c>
       <c r="J183" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="M183" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N183" t="s">
         <v>32</v>
       </c>
       <c r="O183" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="P183" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B184" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C184" t="s">
         <v>214</v>
       </c>
       <c r="D184" t="s">
         <v>371</v>
       </c>
       <c r="E184" t="s">
         <v>232</v>
       </c>
       <c r="F184" t="s">
         <v>233</v>
       </c>
       <c r="G184" t="s">
         <v>43</v>
       </c>
       <c r="H184">
         <v>1998</v>
       </c>
       <c r="I184">
         <v>2012</v>
       </c>
       <c r="J184" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="M184" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N184" t="s">
         <v>32</v>
       </c>
       <c r="O184" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="P184" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B185" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C185" t="s">
         <v>214</v>
       </c>
       <c r="D185" t="s">
         <v>295</v>
       </c>
       <c r="E185" t="s">
         <v>232</v>
       </c>
       <c r="F185" t="s">
         <v>233</v>
       </c>
       <c r="G185" t="s">
         <v>43</v>
       </c>
       <c r="H185">
         <v>1998</v>
       </c>
       <c r="I185">
         <v>2012</v>
       </c>
       <c r="J185" t="s">
         <v>234</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="M185" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="N185" t="s">
         <v>32</v>
       </c>
       <c r="O185" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="P185" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B186" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C186" t="s">
         <v>214</v>
       </c>
       <c r="D186" t="s">
         <v>223</v>
       </c>
       <c r="E186" t="s">
         <v>232</v>
       </c>
       <c r="F186" t="s">
         <v>233</v>
       </c>
       <c r="G186" t="s">
         <v>43</v>
       </c>
       <c r="H186">
         <v>1999</v>
       </c>
       <c r="I186">
         <v>2012</v>
       </c>
       <c r="J186" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
       <c r="L186" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="M186" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N186" t="s">
         <v>32</v>
       </c>
       <c r="O186" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="P186" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B187" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C187" t="s">
         <v>214</v>
       </c>
       <c r="D187" t="s">
         <v>313</v>
       </c>
       <c r="E187" t="s">
         <v>232</v>
       </c>
       <c r="F187" t="s">
         <v>233</v>
       </c>
       <c r="G187" t="s">
         <v>43</v>
       </c>
       <c r="H187">
         <v>2000</v>
       </c>
       <c r="I187">
         <v>2012</v>
       </c>
       <c r="J187" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="M187" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N187" t="s">
         <v>32</v>
       </c>
       <c r="O187" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="P187" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B188" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C188" t="s">
         <v>214</v>
       </c>
       <c r="D188" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="E188" t="s">
         <v>232</v>
       </c>
       <c r="F188" t="s">
         <v>233</v>
       </c>
       <c r="G188" t="s">
         <v>43</v>
       </c>
       <c r="H188">
         <v>2001</v>
       </c>
       <c r="I188">
         <v>2015</v>
       </c>
       <c r="J188" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="M188" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N188" t="s">
         <v>32</v>
       </c>
       <c r="O188" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="P188" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B189" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C189" t="s">
         <v>214</v>
       </c>
       <c r="D189" t="s">
         <v>174</v>
       </c>
       <c r="E189" t="s">
         <v>232</v>
       </c>
       <c r="F189" t="s">
         <v>233</v>
       </c>
       <c r="G189" t="s">
         <v>43</v>
       </c>
       <c r="H189">
         <v>2002</v>
       </c>
       <c r="I189">
         <v>2012</v>
       </c>
       <c r="J189" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="M189" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N189" t="s">
         <v>32</v>
       </c>
       <c r="O189" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="P189" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B190" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C190" t="s">
         <v>214</v>
       </c>
       <c r="D190" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E190" t="s">
         <v>232</v>
       </c>
       <c r="F190" t="s">
         <v>233</v>
       </c>
       <c r="G190" t="s">
         <v>43</v>
       </c>
       <c r="H190">
         <v>2003</v>
       </c>
       <c r="I190">
         <v>2013</v>
       </c>
       <c r="J190" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="M190" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N190" t="s">
         <v>32</v>
       </c>
       <c r="O190" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="P190" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B191" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C191" t="s">
         <v>214</v>
       </c>
       <c r="D191" t="s">
         <v>295</v>
       </c>
       <c r="E191" t="s">
         <v>232</v>
       </c>
       <c r="F191" t="s">
         <v>233</v>
       </c>
       <c r="G191" t="s">
         <v>43</v>
       </c>
       <c r="H191">
         <v>1998</v>
       </c>
       <c r="I191">
         <v>2012</v>
       </c>
       <c r="J191" t="s">
         <v>234</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="M191" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="N191" t="s">
         <v>32</v>
       </c>
       <c r="O191" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="P191" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B192" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C192" t="s">
         <v>214</v>
       </c>
       <c r="D192" t="s">
         <v>204</v>
       </c>
       <c r="E192" t="s">
         <v>232</v>
       </c>
       <c r="F192" t="s">
         <v>233</v>
       </c>
       <c r="G192" t="s">
         <v>43</v>
       </c>
       <c r="H192">
         <v>2003</v>
       </c>
       <c r="I192">
         <v>2012</v>
       </c>
       <c r="J192" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="M192" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N192" t="s">
         <v>32</v>
       </c>
       <c r="O192" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="P192" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B193" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C193" t="s">
         <v>214</v>
       </c>
       <c r="D193" t="s">
         <v>371</v>
       </c>
       <c r="E193" t="s">
         <v>232</v>
       </c>
       <c r="F193" t="s">
         <v>233</v>
       </c>
       <c r="G193" t="s">
         <v>43</v>
       </c>
       <c r="H193">
         <v>2004</v>
       </c>
       <c r="I193">
         <v>2012</v>
       </c>
       <c r="J193" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K193" t="s">
         <v>24</v>
       </c>
       <c r="L193" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="M193" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N193" t="s">
         <v>25</v>
       </c>
       <c r="O193" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="P193" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B194" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C194" t="s">
         <v>214</v>
       </c>
       <c r="D194" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E194" t="s">
         <v>232</v>
       </c>
       <c r="F194" t="s">
         <v>233</v>
       </c>
       <c r="G194" t="s">
         <v>43</v>
       </c>
       <c r="H194">
         <v>2004</v>
       </c>
       <c r="I194">
         <v>2012</v>
       </c>
       <c r="J194" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="M194" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N194" t="s">
         <v>32</v>
       </c>
       <c r="O194" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="P194" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B195" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C195" t="s">
         <v>214</v>
       </c>
       <c r="D195" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E195" t="s">
         <v>232</v>
       </c>
       <c r="F195" t="s">
         <v>233</v>
       </c>
       <c r="G195" t="s">
         <v>43</v>
       </c>
       <c r="H195">
         <v>2004</v>
       </c>
       <c r="I195">
         <v>2012</v>
       </c>
       <c r="J195" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="M195" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N195" t="s">
         <v>32</v>
       </c>
       <c r="O195" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="P195" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B196" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C196" t="s">
         <v>214</v>
       </c>
       <c r="D196" t="s">
         <v>174</v>
       </c>
       <c r="E196" t="s">
         <v>232</v>
       </c>
       <c r="F196" t="s">
         <v>233</v>
       </c>
       <c r="G196" t="s">
         <v>43</v>
       </c>
       <c r="H196">
         <v>2004</v>
       </c>
       <c r="I196">
         <v>2012</v>
       </c>
       <c r="J196" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
       <c r="L196" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="M196" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N196" t="s">
         <v>32</v>
       </c>
       <c r="O196" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="P196" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B197" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C197" t="s">
         <v>214</v>
       </c>
       <c r="D197" t="s">
         <v>454</v>
       </c>
       <c r="E197" t="s">
         <v>232</v>
       </c>
       <c r="F197" t="s">
         <v>233</v>
       </c>
       <c r="G197" t="s">
         <v>43</v>
       </c>
       <c r="H197">
         <v>2004</v>
       </c>
       <c r="I197">
         <v>2012</v>
       </c>
       <c r="J197" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="M197" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N197" t="s">
         <v>32</v>
       </c>
       <c r="O197" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="P197" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B198" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C198" t="s">
         <v>214</v>
       </c>
       <c r="D198" t="s">
         <v>454</v>
       </c>
       <c r="E198" t="s">
         <v>232</v>
       </c>
       <c r="F198" t="s">
         <v>233</v>
       </c>
       <c r="G198" t="s">
         <v>43</v>
       </c>
       <c r="H198">
         <v>2005</v>
       </c>
       <c r="I198">
         <v>2012</v>
       </c>
       <c r="J198" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
       <c r="L198" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="M198" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N198" t="s">
         <v>32</v>
       </c>
       <c r="O198" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="P198" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B199" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C199" t="s">
         <v>214</v>
       </c>
       <c r="D199" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E199" t="s">
         <v>232</v>
       </c>
       <c r="F199" t="s">
         <v>233</v>
       </c>
       <c r="G199" t="s">
         <v>43</v>
       </c>
       <c r="H199">
         <v>2005</v>
       </c>
       <c r="I199">
         <v>2012</v>
       </c>
       <c r="J199" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="M199" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N199" t="s">
         <v>32</v>
       </c>
       <c r="O199" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P199" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B200" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C200" t="s">
         <v>214</v>
       </c>
       <c r="D200" t="s">
         <v>454</v>
       </c>
       <c r="E200" t="s">
         <v>232</v>
       </c>
       <c r="F200" t="s">
         <v>233</v>
       </c>
       <c r="G200" t="s">
         <v>43</v>
       </c>
       <c r="H200">
         <v>2007</v>
       </c>
       <c r="I200">
         <v>2012</v>
       </c>
       <c r="J200" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K200" t="s">
         <v>24</v>
       </c>
       <c r="L200" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="M200" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N200" t="s">
         <v>32</v>
       </c>
       <c r="O200" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="P200" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B201" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C201" t="s">
         <v>214</v>
       </c>
       <c r="D201" t="s">
         <v>318</v>
       </c>
       <c r="E201" t="s">
         <v>232</v>
       </c>
       <c r="F201" t="s">
         <v>233</v>
       </c>
       <c r="G201" t="s">
         <v>43</v>
       </c>
       <c r="H201">
         <v>2007</v>
       </c>
       <c r="I201">
         <v>2012</v>
       </c>
       <c r="J201" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K201" t="s">
         <v>24</v>
       </c>
       <c r="L201" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="M201" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N201" t="s">
         <v>32</v>
       </c>
       <c r="O201" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="P201" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B202" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C202" t="s">
         <v>214</v>
       </c>
       <c r="D202" t="s">
         <v>439</v>
       </c>
       <c r="E202" t="s">
         <v>232</v>
       </c>
       <c r="F202" t="s">
         <v>233</v>
       </c>
       <c r="G202" t="s">
         <v>43</v>
       </c>
       <c r="H202">
         <v>2013</v>
       </c>
       <c r="I202">
         <v>2014</v>
       </c>
       <c r="J202" t="s">
         <v>234</v>
       </c>
       <c r="K202" t="s">
         <v>24</v>
       </c>
       <c r="L202" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="M202" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="N202" t="s">
         <v>32</v>
       </c>
       <c r="O202" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="P202" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B203" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C203" t="s">
         <v>214</v>
       </c>
       <c r="D203" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="E203" t="s">
         <v>232</v>
       </c>
       <c r="F203" t="s">
         <v>233</v>
       </c>
       <c r="G203" t="s">
         <v>43</v>
       </c>
       <c r="H203">
         <v>2008</v>
       </c>
       <c r="I203">
         <v>2012</v>
       </c>
       <c r="J203" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K203" t="s">
         <v>24</v>
       </c>
       <c r="L203" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="M203" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N203" t="s">
         <v>25</v>
       </c>
       <c r="O203" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="P203" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B204" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C204" t="s">
         <v>214</v>
       </c>
       <c r="D204" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="E204" t="s">
         <v>232</v>
       </c>
       <c r="F204" t="s">
         <v>233</v>
       </c>
       <c r="G204" t="s">
         <v>43</v>
       </c>
       <c r="H204">
         <v>2008</v>
       </c>
       <c r="I204">
         <v>2012</v>
       </c>
       <c r="J204" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K204" t="s">
         <v>24</v>
       </c>
       <c r="L204" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="M204" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N204" t="s">
         <v>25</v>
       </c>
       <c r="O204" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="P204" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B205" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C205" t="s">
         <v>214</v>
       </c>
       <c r="D205" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="E205" t="s">
         <v>232</v>
       </c>
       <c r="F205" t="s">
         <v>233</v>
       </c>
       <c r="G205" t="s">
         <v>43</v>
       </c>
       <c r="H205">
         <v>2008</v>
       </c>
       <c r="I205">
         <v>2009</v>
       </c>
       <c r="J205" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K205" t="s">
         <v>24</v>
       </c>
       <c r="L205" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="M205" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N205" t="s">
         <v>32</v>
       </c>
       <c r="O205" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="P205" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B206" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C206" t="s">
         <v>214</v>
       </c>
       <c r="D206" t="s">
         <v>450</v>
       </c>
       <c r="E206" t="s">
         <v>232</v>
       </c>
       <c r="F206" t="s">
         <v>233</v>
       </c>
       <c r="G206" t="s">
         <v>43</v>
       </c>
       <c r="H206">
         <v>1994</v>
       </c>
       <c r="I206">
         <v>2012</v>
       </c>
       <c r="J206" t="s">
         <v>234</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="M206" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="N206" t="s">
         <v>32</v>
       </c>
       <c r="O206" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="P206" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B207" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C207" t="s">
         <v>214</v>
       </c>
       <c r="D207" t="s">
         <v>139</v>
       </c>
       <c r="E207" t="s">
         <v>232</v>
       </c>
       <c r="F207" t="s">
         <v>233</v>
       </c>
       <c r="G207" t="s">
         <v>43</v>
       </c>
       <c r="H207">
         <v>2008</v>
       </c>
       <c r="I207">
         <v>2012</v>
       </c>
       <c r="J207" t="s">
         <v>234</v>
       </c>
       <c r="K207" t="s">
         <v>24</v>
       </c>
       <c r="L207" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="M207" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="N207" t="s">
         <v>32</v>
       </c>
       <c r="O207" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="P207" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B208" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C208" t="s">
         <v>214</v>
       </c>
       <c r="D208" t="s">
         <v>450</v>
       </c>
       <c r="E208" t="s">
         <v>232</v>
       </c>
       <c r="F208" t="s">
         <v>233</v>
       </c>
       <c r="G208" t="s">
         <v>43</v>
       </c>
       <c r="H208">
         <v>2009</v>
       </c>
       <c r="I208">
         <v>2012</v>
       </c>
       <c r="J208" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K208" t="s">
         <v>24</v>
       </c>
       <c r="L208" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="M208" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N208" t="s">
         <v>32</v>
       </c>
       <c r="O208" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="P208" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B209" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C209" t="s">
         <v>214</v>
       </c>
       <c r="D209" t="s">
         <v>371</v>
       </c>
       <c r="E209" t="s">
         <v>232</v>
       </c>
       <c r="F209" t="s">
         <v>233</v>
       </c>
       <c r="G209" t="s">
         <v>43</v>
       </c>
       <c r="H209">
         <v>2009</v>
       </c>
       <c r="I209">
         <v>2012</v>
       </c>
       <c r="J209" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K209" t="s">
         <v>24</v>
       </c>
       <c r="L209" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="M209" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N209" t="s">
         <v>32</v>
       </c>
       <c r="O209" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="P209" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B210" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C210" t="s">
         <v>214</v>
       </c>
       <c r="D210" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="E210" t="s">
         <v>232</v>
       </c>
       <c r="F210" t="s">
         <v>233</v>
       </c>
       <c r="G210" t="s">
         <v>22</v>
       </c>
       <c r="H210">
         <v>2011</v>
       </c>
       <c r="I210"/>
       <c r="J210" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K210" t="s">
         <v>24</v>
       </c>
       <c r="L210" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="M210" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N210" t="s">
         <v>32</v>
       </c>
       <c r="O210" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="P210" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B211" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C211" t="s">
         <v>214</v>
       </c>
       <c r="D211" t="s">
         <v>481</v>
       </c>
       <c r="E211" t="s">
         <v>232</v>
       </c>
       <c r="F211" t="s">
         <v>233</v>
       </c>
       <c r="G211" t="s">
         <v>43</v>
       </c>
       <c r="H211">
         <v>2010</v>
       </c>
       <c r="I211">
         <v>2012</v>
       </c>
       <c r="J211" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
       <c r="L211" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="M211" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N211" t="s">
         <v>32</v>
       </c>
       <c r="O211" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="P211" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B212" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C212" t="s">
         <v>214</v>
       </c>
       <c r="D212" t="s">
         <v>223</v>
       </c>
       <c r="E212" t="s">
         <v>232</v>
       </c>
       <c r="F212" t="s">
         <v>233</v>
       </c>
       <c r="G212" t="s">
         <v>43</v>
       </c>
       <c r="H212">
         <v>2010</v>
       </c>
       <c r="I212">
         <v>2012</v>
       </c>
       <c r="J212" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="M212" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N212" t="s">
         <v>32</v>
       </c>
       <c r="O212" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="P212" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B213" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C213" t="s">
         <v>214</v>
       </c>
       <c r="D213" t="s">
         <v>371</v>
       </c>
       <c r="E213" t="s">
         <v>232</v>
       </c>
       <c r="F213" t="s">
         <v>233</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2015</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
         <v>234</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="M213" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="N213" t="s">
         <v>32</v>
       </c>
       <c r="O213" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="P213"/>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B214" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C214" t="s">
         <v>214</v>
       </c>
       <c r="D214" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="E214" t="s">
         <v>232</v>
       </c>
       <c r="F214" t="s">
         <v>233</v>
       </c>
       <c r="G214" t="s">
         <v>43</v>
       </c>
       <c r="H214">
         <v>2011</v>
       </c>
       <c r="I214">
         <v>2022</v>
       </c>
       <c r="J214" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K214" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="L214" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="M214" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N214" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="O214" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="P214" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B215" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C215" t="s">
         <v>214</v>
       </c>
       <c r="D215" t="s">
         <v>439</v>
       </c>
       <c r="E215" t="s">
         <v>232</v>
       </c>
       <c r="F215" t="s">
         <v>233</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
         <v>2013</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
         <v>234</v>
       </c>
       <c r="K215" t="s">
         <v>24</v>
       </c>
       <c r="L215" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="M215" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="N215" t="s">
         <v>32</v>
       </c>
       <c r="O215" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="P215"/>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B216" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C216" t="s">
         <v>214</v>
       </c>
       <c r="D216" t="s">
         <v>174</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
         <v>107</v>
       </c>
       <c r="G216" t="s">
         <v>43</v>
       </c>
       <c r="H216">
         <v>2000</v>
       </c>
       <c r="I216">
         <v>2014</v>
       </c>
       <c r="J216" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K216" t="s">
         <v>24</v>
       </c>
       <c r="L216" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="M216" t="s">
         <v>612</v>
       </c>
       <c r="N216" t="s">
         <v>32</v>
       </c>
       <c r="O216" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="P216" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B217" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C217" t="s">
         <v>214</v>
       </c>
       <c r="D217" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>107</v>
       </c>
       <c r="G217" t="s">
         <v>43</v>
       </c>
       <c r="H217">
         <v>1997</v>
       </c>
       <c r="I217">
         <v>2014</v>
       </c>
       <c r="J217" t="s">
         <v>217</v>
       </c>
       <c r="K217" t="s">
         <v>24</v>
       </c>
       <c r="L217" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="M217" t="s">
         <v>612</v>
       </c>
       <c r="N217" t="s">
         <v>32</v>
       </c>
       <c r="O217" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="P217" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B218" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C218" t="s">
         <v>214</v>
       </c>
       <c r="D218" t="s">
         <v>85</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>609</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218">
         <v>2011</v>
       </c>
       <c r="I218"/>
       <c r="J218" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K218" t="s">
         <v>335</v>
       </c>
       <c r="L218" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="M218" t="s">
         <v>612</v>
       </c>
       <c r="N218" t="s">
         <v>32</v>
       </c>
       <c r="O218" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="P218" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B219" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C219" t="s">
         <v>214</v>
       </c>
       <c r="D219" t="s">
         <v>174</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>609</v>
       </c>
       <c r="G219" t="s">
-        <v>43</v>
+        <v>648</v>
       </c>
       <c r="H219">
         <v>1994</v>
       </c>
       <c r="I219">
         <v>2014</v>
       </c>
       <c r="J219" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K219" t="s">
         <v>24</v>
       </c>
       <c r="L219" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="M219" t="s">
         <v>612</v>
       </c>
       <c r="N219" t="s">
         <v>32</v>
       </c>
       <c r="O219" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="P219" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B220" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C220" t="s">
         <v>214</v>
       </c>
       <c r="D220" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>609</v>
       </c>
       <c r="G220" t="s">
-        <v>43</v>
+        <v>648</v>
       </c>
       <c r="H220">
         <v>2002</v>
       </c>
       <c r="I220">
         <v>2007</v>
       </c>
       <c r="J220" t="s">
         <v>217</v>
       </c>
       <c r="K220" t="s">
         <v>24</v>
       </c>
       <c r="L220" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="M220" t="s">
         <v>612</v>
       </c>
       <c r="N220" t="s">
         <v>32</v>
       </c>
       <c r="O220" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="P220" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B221" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C221" t="s">
         <v>214</v>
       </c>
       <c r="D221" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
         <v>609</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221">
         <v>2012</v>
       </c>
       <c r="I221"/>
       <c r="J221" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K221" t="s">
         <v>24</v>
       </c>
       <c r="L221" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="M221" t="s">
         <v>612</v>
       </c>
       <c r="N221" t="s">
         <v>32</v>
       </c>
       <c r="O221" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="P221" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B222" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C222" t="s">
         <v>214</v>
       </c>
       <c r="D222" t="s">
         <v>450</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>107</v>
       </c>
       <c r="G222" t="s">
-        <v>43</v>
+        <v>1000</v>
       </c>
       <c r="H222">
         <v>2010</v>
       </c>
       <c r="I222">
         <v>2016</v>
       </c>
       <c r="J222" t="s">
         <v>217</v>
       </c>
       <c r="K222" t="s">
         <v>24</v>
       </c>
       <c r="L222" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="M222" t="s">
         <v>612</v>
       </c>
       <c r="N222" t="s">
         <v>25</v>
       </c>
       <c r="O222" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="P222" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="B223" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="C223" t="s">
         <v>214</v>
       </c>
       <c r="D223" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>107</v>
       </c>
       <c r="G223" t="s">
         <v>43</v>
       </c>
       <c r="H223">
         <v>2008</v>
       </c>
       <c r="I223"/>
       <c r="J223" t="s">
         <v>217</v>
       </c>
       <c r="K223" t="s">
         <v>24</v>
       </c>
       <c r="L223" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="M223" t="s">
         <v>612</v>
       </c>
       <c r="N223" t="s">
         <v>25</v>
       </c>
       <c r="O223" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="P223" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="B224" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C224" t="s">
         <v>214</v>
       </c>
       <c r="D224" t="s">
         <v>295</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>609</v>
       </c>
       <c r="G224" t="s">
         <v>43</v>
       </c>
       <c r="H224">
         <v>1995</v>
       </c>
       <c r="I224">
         <v>2008</v>
       </c>
       <c r="J224" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K224" t="s">
         <v>24</v>
       </c>
       <c r="L224" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="M224" t="s">
         <v>612</v>
       </c>
       <c r="N224" t="s">
         <v>32</v>
       </c>
       <c r="O224" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="P224" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="B225" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C225" t="s">
         <v>214</v>
       </c>
       <c r="D225" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>609</v>
       </c>
       <c r="G225" t="s">
         <v>43</v>
       </c>
       <c r="H225">
         <v>2008</v>
       </c>
       <c r="I225">
         <v>2014</v>
       </c>
       <c r="J225" t="s">
         <v>217</v>
       </c>
       <c r="K225" t="s">
         <v>24</v>
       </c>
       <c r="L225" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="M225" t="s">
         <v>612</v>
       </c>
       <c r="N225" t="s">
         <v>32</v>
       </c>
       <c r="O225" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="P225" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="B226" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C226" t="s">
         <v>214</v>
       </c>
       <c r="D226" t="s">
         <v>295</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
         <v>609</v>
       </c>
       <c r="G226" t="s">
         <v>43</v>
       </c>
       <c r="H226">
         <v>1995</v>
       </c>
       <c r="I226">
         <v>2010</v>
       </c>
       <c r="J226" t="s">
         <v>234</v>
       </c>
       <c r="K226" t="s">
         <v>24</v>
       </c>
       <c r="L226" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="M226" t="s">
         <v>612</v>
       </c>
       <c r="N226" t="s">
         <v>32</v>
       </c>
       <c r="O226" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="P226" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="B227" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="C227" t="s">
         <v>214</v>
       </c>
       <c r="D227" t="s">
         <v>179</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>609</v>
       </c>
       <c r="G227" t="s">
         <v>22</v>
       </c>
       <c r="H227">
         <v>2013</v>
       </c>
       <c r="I227"/>
       <c r="J227" t="s">
         <v>217</v>
       </c>
       <c r="K227" t="s">
         <v>335</v>
       </c>
       <c r="L227" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="M227" t="s">
         <v>612</v>
       </c>
       <c r="N227" t="s">
         <v>32</v>
       </c>
       <c r="O227" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="P227" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="B228" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="C228" t="s">
         <v>214</v>
       </c>
       <c r="D228" t="s">
         <v>295</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>609</v>
       </c>
       <c r="G228" t="s">
         <v>43</v>
       </c>
       <c r="H228">
         <v>1995</v>
       </c>
       <c r="I228">
         <v>2016</v>
       </c>
       <c r="J228" t="s">
         <v>217</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228"/>
       <c r="M228" t="s">
         <v>612</v>
       </c>
       <c r="N228" t="s">
         <v>32</v>
       </c>
       <c r="O228" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="P228" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="B229" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="C229" t="s">
         <v>214</v>
       </c>
       <c r="D229" t="s">
         <v>439</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>107</v>
       </c>
       <c r="G229" t="s">
         <v>22</v>
       </c>
       <c r="H229">
         <v>2012</v>
       </c>
       <c r="I229"/>
       <c r="J229" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K229" t="s">
         <v>24</v>
       </c>
       <c r="L229" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="M229" t="s">
         <v>612</v>
       </c>
       <c r="N229" t="s">
         <v>32</v>
       </c>
       <c r="O229" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="P229" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B230" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C230" t="s">
         <v>214</v>
       </c>
       <c r="D230" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>609</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230">
         <v>2014</v>
       </c>
       <c r="I230"/>
       <c r="J230" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="K230" t="s">
         <v>24</v>
       </c>
       <c r="L230" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="M230" t="s">
         <v>612</v>
       </c>
       <c r="N230" t="s">
         <v>32</v>
       </c>
       <c r="O230" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="P230" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="B231" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C231" t="s">
         <v>18</v>
       </c>
       <c r="D231" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
         <v>21</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231">
         <v>2021</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
         <v>23</v>
       </c>
       <c r="K231" t="s">
         <v>24</v>
       </c>
       <c r="L231"/>
       <c r="M231"/>
       <c r="N231" t="s">
         <v>32</v>
       </c>
       <c r="O231" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="P231" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="B232" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C232" t="s">
         <v>18</v>
       </c>
       <c r="D232" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
         <v>107</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
         <v>2021</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
         <v>23</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
       <c r="L232"/>
       <c r="M232"/>
       <c r="N232" t="s">
         <v>32</v>
       </c>
       <c r="O232" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="P232" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="B233" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C233" t="s">
         <v>18</v>
       </c>
       <c r="D233" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>107</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2021</v>
       </c>
       <c r="I233"/>
       <c r="J233" t="s">
         <v>23</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
       <c r="L233"/>
       <c r="M233"/>
       <c r="N233" t="s">
         <v>32</v>
       </c>
       <c r="O233" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="P233" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B234" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C234" t="s">
         <v>18</v>
       </c>
       <c r="D234" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
         <v>107</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2021</v>
       </c>
       <c r="I234"/>
       <c r="J234" t="s">
         <v>23</v>
       </c>
       <c r="K234" t="s">
         <v>24</v>
       </c>
       <c r="L234"/>
       <c r="M234"/>
       <c r="N234" t="s">
         <v>25</v>
       </c>
       <c r="O234" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="P234" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B235" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C235" t="s">
         <v>18</v>
       </c>
       <c r="D235" t="s">
         <v>62</v>
       </c>
       <c r="E235" t="s">
         <v>20</v>
       </c>
       <c r="F235" t="s">
         <v>107</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
         <v>2021</v>
       </c>
       <c r="I235"/>
       <c r="J235" t="s">
         <v>23</v>
       </c>
       <c r="K235" t="s">
         <v>24</v>
       </c>
       <c r="L235"/>
       <c r="M235"/>
       <c r="N235" t="s">
         <v>32</v>
       </c>
       <c r="O235" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="P235" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="B236" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="C236" t="s">
         <v>18</v>
       </c>
       <c r="D236" t="s">
         <v>56</v>
       </c>
       <c r="E236" t="s">
         <v>20</v>
       </c>
       <c r="F236" t="s">
         <v>107</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
         <v>2021</v>
       </c>
       <c r="I236"/>
       <c r="J236" t="s">
         <v>23</v>
       </c>
       <c r="K236" t="s">
         <v>24</v>
       </c>
       <c r="L236"/>
       <c r="M236"/>
       <c r="N236" t="s">
         <v>32</v>
       </c>
       <c r="O236" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="P236" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="B237" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C237" t="s">
         <v>18</v>
       </c>
       <c r="D237" t="s">
         <v>67</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>107</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237">
         <v>2021</v>
       </c>
       <c r="I237"/>
       <c r="J237" t="s">
         <v>23</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237"/>
       <c r="M237"/>
       <c r="N237" t="s">
         <v>25</v>
       </c>
       <c r="O237" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="P237" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="B238" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C238" t="s">
         <v>18</v>
       </c>
       <c r="D238" t="s">
         <v>49</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>107</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2021</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
         <v>23</v>
       </c>
       <c r="K238" t="s">
         <v>24</v>
       </c>
       <c r="L238"/>
       <c r="M238"/>
       <c r="N238" t="s">
         <v>32</v>
       </c>
       <c r="O238" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="P238" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="B239" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="C239" t="s">
         <v>18</v>
       </c>
       <c r="D239" t="s">
         <v>398</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>107</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2021</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
         <v>23</v>
       </c>
       <c r="K239" t="s">
         <v>79</v>
       </c>
       <c r="L239"/>
       <c r="M239"/>
       <c r="N239" t="s">
         <v>25</v>
       </c>
       <c r="O239" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="P239" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>