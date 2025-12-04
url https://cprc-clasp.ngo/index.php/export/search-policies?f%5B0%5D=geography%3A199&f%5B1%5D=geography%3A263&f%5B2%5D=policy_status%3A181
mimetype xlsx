--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,2214 +12,3261 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="700">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1043">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4148</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2483,8779 +3530,9978 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N202"/>
+  <dimension ref="A1:P202"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1993</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7">
+        <v>2004</v>
+      </c>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>76</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>67</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" t="s">
+        <v>76</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2006</v>
+      </c>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>69</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>67</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>69</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...35 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>67</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>69</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>69</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>67</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>69</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>67</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
+      <c r="M16" t="s">
+        <v>69</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>66</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>67</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>113</v>
+      </c>
+      <c r="M17" t="s">
+        <v>69</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...21 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>67</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>118</v>
+      </c>
+      <c r="M18" t="s">
+        <v>69</v>
+      </c>
+      <c r="N18" t="s">
+        <v>76</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>66</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...163 lines deleted...]
-      <c r="K8" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>67</v>
+      </c>
+      <c r="K19" t="s">
+        <v>123</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>69</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" t="s">
         <v>54</v>
       </c>
-      <c r="L8" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>55</v>
       </c>
-      <c r="M8" t="s">
-[...46 lines deleted...]
-      <c r="N9" t="s">
+      <c r="G20" t="s">
         <v>61</v>
-      </c>
-[...447 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H20">
         <v>2002</v>
       </c>
-      <c r="I20" t="s">
-        <v>53</v>
+      <c r="I20">
+        <v>2002</v>
       </c>
       <c r="J20" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="K20" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="L20" t="s">
-        <v>55</v>
+        <v>127</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="N20" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>128</v>
+      </c>
+      <c r="P20" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>61</v>
+      </c>
+      <c r="H21">
         <v>1998</v>
       </c>
-      <c r="H21">
+      <c r="I21">
         <v>2009</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="K21" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="L21" t="s">
-        <v>55</v>
+        <v>131</v>
       </c>
       <c r="M21" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="N21" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>76</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>52</v>
+        <v>134</v>
       </c>
       <c r="C22" t="s">
-        <v>106</v>
+        <v>66</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>61</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
-        <v>53</v>
+      <c r="I22">
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
+        <v>67</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>136</v>
+      </c>
+      <c r="M22" t="s">
+        <v>69</v>
+      </c>
+      <c r="N22" t="s">
+        <v>76</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" t="s">
+        <v>54</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K22" t="s">
-[...31 lines deleted...]
-      <c r="G23">
+      <c r="G23" t="s">
+        <v>61</v>
+      </c>
+      <c r="H23">
         <v>2011</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2015</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
+        <v>140</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>141</v>
+      </c>
+      <c r="M23" t="s">
+        <v>69</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" t="s">
+        <v>145</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>67</v>
+      </c>
+      <c r="K24" t="s">
+        <v>123</v>
+      </c>
+      <c r="L24" t="s">
+        <v>146</v>
+      </c>
+      <c r="M24" t="s">
+        <v>69</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>148</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>66</v>
+      </c>
+      <c r="D25" t="s">
+        <v>54</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>61</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>67</v>
+      </c>
+      <c r="K25" t="s">
+        <v>123</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>69</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>150</v>
+      </c>
+      <c r="P25" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>151</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" t="s">
+        <v>122</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...31 lines deleted...]
-      <c r="G24">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>67</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>153</v>
+      </c>
+      <c r="M26" t="s">
+        <v>69</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>154</v>
+      </c>
+      <c r="P26" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
+        <v>66</v>
+      </c>
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H24"/>
-[...87 lines deleted...]
-      <c r="J26" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>67</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>69</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>66</v>
+      </c>
+      <c r="D28" t="s">
+        <v>161</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...19 lines deleted...]
-      <c r="C27" t="s">
+      <c r="G28" t="s">
+        <v>61</v>
+      </c>
+      <c r="H28">
+        <v>2003</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
+      <c r="J28" t="s">
+        <v>67</v>
+      </c>
+      <c r="K28" t="s">
         <v>123</v>
       </c>
-      <c r="D27" t="s">
-[...15 lines deleted...]
-      <c r="J27" t="s">
+      <c r="L28" t="s">
+        <v>162</v>
+      </c>
+      <c r="M28" t="s">
+        <v>69</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>163</v>
+      </c>
+      <c r="P28" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>66</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K27"/>
-[...73 lines deleted...]
-      <c r="G29">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2002</v>
       </c>
-      <c r="H29"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
+        <v>67</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>167</v>
+      </c>
+      <c r="M29" t="s">
+        <v>69</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>169</v>
+      </c>
+      <c r="B30" t="s">
+        <v>170</v>
+      </c>
+      <c r="C30" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" t="s">
+        <v>171</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K29" t="s">
-[...32 lines deleted...]
-        <v>2002</v>
+      <c r="G30" t="s">
+        <v>61</v>
       </c>
       <c r="H30">
         <v>2002</v>
       </c>
-      <c r="I30" t="s">
-        <v>53</v>
+      <c r="I30">
+        <v>2002</v>
       </c>
       <c r="J30" t="s">
+        <v>67</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>172</v>
+      </c>
+      <c r="M30" t="s">
+        <v>69</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>174</v>
+      </c>
+      <c r="B31" t="s">
+        <v>175</v>
+      </c>
+      <c r="C31" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" t="s">
+        <v>176</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K30" t="s">
-[...2 lines deleted...]
-      <c r="L30" t="s">
+      <c r="G31" t="s">
+        <v>61</v>
+      </c>
+      <c r="H31">
+        <v>1999</v>
+      </c>
+      <c r="I31">
+        <v>2009</v>
+      </c>
+      <c r="J31" t="s">
+        <v>67</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>177</v>
+      </c>
+      <c r="M31" t="s">
+        <v>69</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>178</v>
+      </c>
+      <c r="P31" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>179</v>
+      </c>
+      <c r="B32" t="s">
+        <v>180</v>
+      </c>
+      <c r="C32" t="s">
+        <v>66</v>
+      </c>
+      <c r="D32" t="s">
+        <v>181</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2004</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>67</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>182</v>
+      </c>
+      <c r="M32" t="s">
+        <v>69</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>183</v>
+      </c>
+      <c r="P32" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>184</v>
+      </c>
+      <c r="B33" t="s">
+        <v>185</v>
+      </c>
+      <c r="C33" t="s">
+        <v>66</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2002</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>67</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>186</v>
+      </c>
+      <c r="M33" t="s">
+        <v>69</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>187</v>
+      </c>
+      <c r="P33" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>188</v>
+      </c>
+      <c r="B34" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" t="s">
+        <v>66</v>
+      </c>
+      <c r="D34" t="s">
+        <v>54</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>55</v>
       </c>
-      <c r="M30" t="s">
-[...34 lines deleted...]
-      <c r="J31" t="s">
+      <c r="G34" t="s">
+        <v>61</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2010</v>
+      </c>
+      <c r="J34" t="s">
+        <v>67</v>
+      </c>
+      <c r="K34" t="s">
+        <v>123</v>
+      </c>
+      <c r="L34" t="s">
+        <v>190</v>
+      </c>
+      <c r="M34" t="s">
+        <v>69</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>191</v>
+      </c>
+      <c r="P34" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35" t="s">
+        <v>193</v>
+      </c>
+      <c r="C35" t="s">
+        <v>66</v>
+      </c>
+      <c r="D35" t="s">
+        <v>54</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>55</v>
+      </c>
+      <c r="G35" t="s">
+        <v>61</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2012</v>
+      </c>
+      <c r="J35" t="s">
+        <v>67</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>69</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>194</v>
+      </c>
+      <c r="P35" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
+        <v>196</v>
+      </c>
+      <c r="C36" t="s">
+        <v>66</v>
+      </c>
+      <c r="D36" t="s">
+        <v>197</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K31" t="s">
-[...202 lines deleted...]
-        <v>2002</v>
+      <c r="G36" t="s">
+        <v>61</v>
       </c>
       <c r="H36">
         <v>2002</v>
       </c>
-      <c r="I36" t="s">
-        <v>53</v>
+      <c r="I36">
+        <v>2002</v>
       </c>
       <c r="J36" t="s">
+        <v>67</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>198</v>
+      </c>
+      <c r="M36" t="s">
+        <v>69</v>
+      </c>
+      <c r="N36" t="s">
+        <v>76</v>
+      </c>
+      <c r="O36" t="s">
+        <v>199</v>
+      </c>
+      <c r="P36" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
+        <v>201</v>
+      </c>
+      <c r="C37" t="s">
+        <v>66</v>
+      </c>
+      <c r="D37" t="s">
+        <v>202</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...31 lines deleted...]
-      <c r="G37">
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2009</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
+        <v>67</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>103</v>
+      </c>
+      <c r="M37" t="s">
+        <v>69</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>203</v>
+      </c>
+      <c r="P37" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>205</v>
+      </c>
+      <c r="C38" t="s">
+        <v>66</v>
+      </c>
+      <c r="D38" t="s">
+        <v>206</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G38" t="s">
+        <v>61</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>53</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
+        <v>67</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>207</v>
+      </c>
+      <c r="M38" t="s">
+        <v>69</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>208</v>
+      </c>
+      <c r="P38" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>209</v>
+      </c>
+      <c r="B39" t="s">
+        <v>210</v>
+      </c>
+      <c r="C39" t="s">
+        <v>66</v>
+      </c>
+      <c r="D39" t="s">
+        <v>211</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K38" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G39" t="s">
+        <v>61</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-        <v>53</v>
+      <c r="I39">
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
+        <v>67</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>69</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>212</v>
+      </c>
+      <c r="P39" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
+        <v>66</v>
+      </c>
+      <c r="D40" t="s">
+        <v>47</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K39"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G40" t="s">
+        <v>61</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-        <v>53</v>
+      <c r="I40">
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
+        <v>67</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>69</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>215</v>
+      </c>
+      <c r="P40" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>216</v>
+      </c>
+      <c r="B41" t="s">
+        <v>217</v>
+      </c>
+      <c r="C41" t="s">
+        <v>66</v>
+      </c>
+      <c r="D41" t="s">
+        <v>218</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K40"/>
-      <c r="L40" t="s">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2004</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>67</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>219</v>
+      </c>
+      <c r="M41" t="s">
+        <v>69</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>220</v>
+      </c>
+      <c r="P41" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>221</v>
+      </c>
+      <c r="B42" t="s">
+        <v>222</v>
+      </c>
+      <c r="C42" t="s">
+        <v>223</v>
+      </c>
+      <c r="D42" t="s">
+        <v>181</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>33</v>
+      </c>
+      <c r="G42" t="s">
+        <v>61</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>224</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>225</v>
+      </c>
+      <c r="M42" t="s">
+        <v>226</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>227</v>
+      </c>
+      <c r="P42" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>229</v>
+      </c>
+      <c r="B43" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" t="s">
+        <v>223</v>
+      </c>
+      <c r="D43" t="s">
+        <v>231</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>55</v>
       </c>
-      <c r="M40" t="s">
-[...22 lines deleted...]
-      <c r="F41" t="s">
+      <c r="G43" t="s">
+        <v>61</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
+      <c r="J43" t="s">
+        <v>224</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>225</v>
+      </c>
+      <c r="M43" t="s">
+        <v>226</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>232</v>
+      </c>
+      <c r="P43" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>234</v>
+      </c>
+      <c r="B44" t="s">
+        <v>235</v>
+      </c>
+      <c r="C44" t="s">
+        <v>223</v>
+      </c>
+      <c r="D44" t="s">
+        <v>236</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>33</v>
+      </c>
+      <c r="G44" t="s">
+        <v>61</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>224</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>225</v>
+      </c>
+      <c r="M44" t="s">
+        <v>226</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>237</v>
+      </c>
+      <c r="P44" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>239</v>
+      </c>
+      <c r="B45" t="s">
+        <v>240</v>
+      </c>
+      <c r="C45" t="s">
+        <v>223</v>
+      </c>
+      <c r="D45" t="s">
+        <v>47</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>33</v>
+      </c>
+      <c r="G45" t="s">
+        <v>61</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45">
+        <v>2014</v>
+      </c>
+      <c r="J45" t="s">
+        <v>224</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>241</v>
+      </c>
+      <c r="M45" t="s">
+        <v>226</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>242</v>
+      </c>
+      <c r="P45" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>244</v>
+      </c>
+      <c r="B46" t="s">
+        <v>245</v>
+      </c>
+      <c r="C46" t="s">
+        <v>223</v>
+      </c>
+      <c r="D46" t="s">
+        <v>246</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>61</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46">
+        <v>2014</v>
+      </c>
+      <c r="J46" t="s">
+        <v>224</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>247</v>
+      </c>
+      <c r="M46" t="s">
+        <v>226</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>248</v>
+      </c>
+      <c r="P46" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>250</v>
+      </c>
+      <c r="B47" t="s">
+        <v>251</v>
+      </c>
+      <c r="C47" t="s">
+        <v>223</v>
+      </c>
+      <c r="D47" t="s">
+        <v>252</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>55</v>
+      </c>
+      <c r="G47" t="s">
+        <v>61</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>224</v>
+      </c>
+      <c r="K47" t="s">
+        <v>253</v>
+      </c>
+      <c r="L47" t="s">
+        <v>254</v>
+      </c>
+      <c r="M47" t="s">
+        <v>226</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>255</v>
+      </c>
+      <c r="P47" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>257</v>
+      </c>
+      <c r="B48" t="s">
+        <v>258</v>
+      </c>
+      <c r="C48" t="s">
+        <v>223</v>
+      </c>
+      <c r="D48" t="s">
+        <v>259</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>55</v>
+      </c>
+      <c r="G48" t="s">
+        <v>61</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>224</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>260</v>
+      </c>
+      <c r="M48" t="s">
+        <v>226</v>
+      </c>
+      <c r="N48" t="s">
+        <v>261</v>
+      </c>
+      <c r="O48" t="s">
+        <v>262</v>
+      </c>
+      <c r="P48" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>264</v>
+      </c>
+      <c r="B49" t="s">
+        <v>265</v>
+      </c>
+      <c r="C49" t="s">
+        <v>223</v>
+      </c>
+      <c r="D49" t="s">
+        <v>157</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>33</v>
+      </c>
+      <c r="G49" t="s">
+        <v>61</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>224</v>
+      </c>
+      <c r="K49" t="s">
+        <v>253</v>
+      </c>
+      <c r="L49" t="s">
+        <v>266</v>
+      </c>
+      <c r="M49" t="s">
+        <v>226</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>267</v>
+      </c>
+      <c r="P49" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>269</v>
+      </c>
+      <c r="B50" t="s">
+        <v>270</v>
+      </c>
+      <c r="C50" t="s">
+        <v>223</v>
+      </c>
+      <c r="D50" t="s">
+        <v>157</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" t="s">
+        <v>61</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50">
+        <v>2014</v>
+      </c>
+      <c r="J50" t="s">
+        <v>224</v>
+      </c>
+      <c r="K50" t="s">
+        <v>253</v>
+      </c>
+      <c r="L50" t="s">
+        <v>271</v>
+      </c>
+      <c r="M50" t="s">
+        <v>226</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>272</v>
+      </c>
+      <c r="P50" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>274</v>
+      </c>
+      <c r="B51" t="s">
+        <v>275</v>
+      </c>
+      <c r="C51" t="s">
+        <v>223</v>
+      </c>
+      <c r="D51" t="s">
+        <v>60</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>55</v>
+      </c>
+      <c r="G51" t="s">
+        <v>61</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>224</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>276</v>
+      </c>
+      <c r="M51" t="s">
+        <v>226</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>277</v>
+      </c>
+      <c r="P51" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>279</v>
+      </c>
+      <c r="B52" t="s">
+        <v>280</v>
+      </c>
+      <c r="C52" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" t="s">
+        <v>60</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>61</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52">
+        <v>2014</v>
+      </c>
+      <c r="J52" t="s">
+        <v>224</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>276</v>
+      </c>
+      <c r="M52" t="s">
+        <v>226</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>281</v>
+      </c>
+      <c r="P52" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>283</v>
+      </c>
+      <c r="B53" t="s">
+        <v>284</v>
+      </c>
+      <c r="C53" t="s">
+        <v>223</v>
+      </c>
+      <c r="D53" t="s">
+        <v>285</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>55</v>
+      </c>
+      <c r="G53" t="s">
+        <v>61</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53">
+        <v>2014</v>
+      </c>
+      <c r="J53" t="s">
+        <v>224</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>286</v>
+      </c>
+      <c r="M53" t="s">
+        <v>226</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>287</v>
+      </c>
+      <c r="P53" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>289</v>
+      </c>
+      <c r="B54" t="s">
+        <v>290</v>
+      </c>
+      <c r="C54" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" t="s">
+        <v>285</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>33</v>
+      </c>
+      <c r="G54" t="s">
+        <v>61</v>
+      </c>
+      <c r="H54">
+        <v>2013</v>
+      </c>
+      <c r="I54">
+        <v>2014</v>
+      </c>
+      <c r="J54" t="s">
+        <v>224</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>291</v>
+      </c>
+      <c r="M54" t="s">
+        <v>226</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>292</v>
+      </c>
+      <c r="P54" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>294</v>
+      </c>
+      <c r="B55" t="s">
+        <v>295</v>
+      </c>
+      <c r="C55" t="s">
+        <v>223</v>
+      </c>
+      <c r="D55" t="s">
+        <v>296</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>61</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55">
+        <v>2014</v>
+      </c>
+      <c r="J55" t="s">
+        <v>224</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>297</v>
+      </c>
+      <c r="M55" t="s">
+        <v>226</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>298</v>
+      </c>
+      <c r="P55"/>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>299</v>
+      </c>
+      <c r="B56" t="s">
+        <v>300</v>
+      </c>
+      <c r="C56" t="s">
+        <v>223</v>
+      </c>
+      <c r="D56" t="s">
         <v>19</v>
       </c>
-      <c r="G41">
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>55</v>
+      </c>
+      <c r="G56" t="s">
+        <v>61</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56">
+        <v>2013</v>
+      </c>
+      <c r="J56" t="s">
+        <v>224</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>297</v>
+      </c>
+      <c r="M56" t="s">
+        <v>226</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>301</v>
+      </c>
+      <c r="P56" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>303</v>
+      </c>
+      <c r="B57" t="s">
+        <v>304</v>
+      </c>
+      <c r="C57" t="s">
+        <v>223</v>
+      </c>
+      <c r="D57" t="s">
+        <v>305</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>33</v>
+      </c>
+      <c r="G57" t="s">
+        <v>61</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>224</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>306</v>
+      </c>
+      <c r="M57" t="s">
+        <v>226</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>307</v>
+      </c>
+      <c r="P57" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>309</v>
+      </c>
+      <c r="B58" t="s">
+        <v>310</v>
+      </c>
+      <c r="C58" t="s">
+        <v>223</v>
+      </c>
+      <c r="D58" t="s">
+        <v>311</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>33</v>
+      </c>
+      <c r="G58" t="s">
+        <v>61</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58">
+        <v>2014</v>
+      </c>
+      <c r="J58" t="s">
+        <v>224</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>225</v>
+      </c>
+      <c r="M58" t="s">
+        <v>226</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>312</v>
+      </c>
+      <c r="P58" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>314</v>
+      </c>
+      <c r="B59" t="s">
+        <v>315</v>
+      </c>
+      <c r="C59" t="s">
+        <v>223</v>
+      </c>
+      <c r="D59" t="s">
+        <v>316</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" t="s">
+        <v>61</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59">
+        <v>2014</v>
+      </c>
+      <c r="J59" t="s">
+        <v>224</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>317</v>
+      </c>
+      <c r="M59" t="s">
+        <v>226</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>318</v>
+      </c>
+      <c r="P59" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>320</v>
+      </c>
+      <c r="B60" t="s">
+        <v>321</v>
+      </c>
+      <c r="C60" t="s">
+        <v>223</v>
+      </c>
+      <c r="D60" t="s">
+        <v>322</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>33</v>
+      </c>
+      <c r="G60" t="s">
+        <v>61</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60">
+        <v>2013</v>
+      </c>
+      <c r="J60" t="s">
+        <v>224</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>323</v>
+      </c>
+      <c r="M60" t="s">
+        <v>226</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>324</v>
+      </c>
+      <c r="P60" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>326</v>
+      </c>
+      <c r="B61" t="s">
+        <v>327</v>
+      </c>
+      <c r="C61" t="s">
+        <v>223</v>
+      </c>
+      <c r="D61" t="s">
+        <v>252</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>33</v>
+      </c>
+      <c r="G61" t="s">
+        <v>61</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61">
+        <v>2013</v>
+      </c>
+      <c r="J61" t="s">
+        <v>224</v>
+      </c>
+      <c r="K61" t="s">
+        <v>253</v>
+      </c>
+      <c r="L61" t="s">
+        <v>328</v>
+      </c>
+      <c r="M61" t="s">
+        <v>226</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>329</v>
+      </c>
+      <c r="P61" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>331</v>
+      </c>
+      <c r="B62" t="s">
+        <v>332</v>
+      </c>
+      <c r="C62" t="s">
+        <v>223</v>
+      </c>
+      <c r="D62" t="s">
+        <v>333</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>55</v>
+      </c>
+      <c r="G62" t="s">
+        <v>61</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62">
+        <v>2013</v>
+      </c>
+      <c r="J62" t="s">
+        <v>224</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>254</v>
+      </c>
+      <c r="M62" t="s">
+        <v>226</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>334</v>
+      </c>
+      <c r="P62" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>336</v>
+      </c>
+      <c r="B63" t="s">
+        <v>337</v>
+      </c>
+      <c r="C63" t="s">
+        <v>338</v>
+      </c>
+      <c r="D63" t="s">
+        <v>339</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2016</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>340</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>341</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>342</v>
+      </c>
+      <c r="P63" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>336</v>
+      </c>
+      <c r="B64" t="s">
+        <v>337</v>
+      </c>
+      <c r="C64" t="s">
+        <v>338</v>
+      </c>
+      <c r="D64" t="s">
+        <v>344</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2016</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>340</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>341</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>345</v>
+      </c>
+      <c r="P64" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>346</v>
+      </c>
+      <c r="B65" t="s">
+        <v>347</v>
+      </c>
+      <c r="C65" t="s">
+        <v>338</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2016</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>340</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>341</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>348</v>
+      </c>
+      <c r="P65" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>350</v>
+      </c>
+      <c r="B66" t="s">
+        <v>351</v>
+      </c>
+      <c r="C66" t="s">
+        <v>352</v>
+      </c>
+      <c r="D66" t="s">
+        <v>181</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>33</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2015</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>340</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>353</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>354</v>
+      </c>
+      <c r="P66" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>356</v>
+      </c>
+      <c r="B67" t="s">
+        <v>357</v>
+      </c>
+      <c r="C67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D67" t="s">
+        <v>358</v>
+      </c>
+      <c r="E67" t="s">
+        <v>359</v>
+      </c>
+      <c r="F67" t="s">
+        <v>360</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2017</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>361</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>362</v>
+      </c>
+      <c r="M67" t="s">
+        <v>35</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>363</v>
+      </c>
+      <c r="P67" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>365</v>
+      </c>
+      <c r="B68" t="s">
+        <v>366</v>
+      </c>
+      <c r="C68" t="s">
+        <v>31</v>
+      </c>
+      <c r="D68" t="s">
+        <v>367</v>
+      </c>
+      <c r="E68" t="s">
+        <v>368</v>
+      </c>
+      <c r="F68" t="s">
+        <v>360</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2023</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>361</v>
+      </c>
+      <c r="K68" t="s">
+        <v>369</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>35</v>
+      </c>
+      <c r="N68" t="s">
+        <v>76</v>
+      </c>
+      <c r="O68" t="s">
+        <v>370</v>
+      </c>
+      <c r="P68" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>372</v>
+      </c>
+      <c r="B69" t="s">
+        <v>373</v>
+      </c>
+      <c r="C69" t="s">
+        <v>374</v>
+      </c>
+      <c r="D69" t="s">
+        <v>375</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2021</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>376</v>
+      </c>
+      <c r="K69" t="s">
+        <v>377</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>378</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>379</v>
+      </c>
+      <c r="P69" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>381</v>
+      </c>
+      <c r="B70" t="s">
+        <v>382</v>
+      </c>
+      <c r="C70" t="s">
+        <v>374</v>
+      </c>
+      <c r="D70" t="s">
+        <v>197</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>33</v>
+      </c>
+      <c r="G70" t="s">
+        <v>61</v>
+      </c>
+      <c r="H70">
+        <v>2014</v>
+      </c>
+      <c r="I70">
+        <v>2025</v>
+      </c>
+      <c r="J70" t="s">
+        <v>376</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>378</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>383</v>
+      </c>
+      <c r="P70" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>385</v>
+      </c>
+      <c r="B71" t="s">
+        <v>386</v>
+      </c>
+      <c r="C71" t="s">
+        <v>374</v>
+      </c>
+      <c r="D71" t="s">
+        <v>166</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>61</v>
+      </c>
+      <c r="H71">
+        <v>2010</v>
+      </c>
+      <c r="I71">
+        <v>2016</v>
+      </c>
+      <c r="J71" t="s">
+        <v>387</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>388</v>
+      </c>
+      <c r="M71" t="s">
+        <v>378</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>389</v>
+      </c>
+      <c r="P71" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>391</v>
+      </c>
+      <c r="B72" t="s">
+        <v>392</v>
+      </c>
+      <c r="C72" t="s">
+        <v>374</v>
+      </c>
+      <c r="D72" t="s">
+        <v>393</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>33</v>
+      </c>
+      <c r="G72" t="s">
+        <v>61</v>
+      </c>
+      <c r="H72">
         <v>2004</v>
       </c>
-      <c r="H41"/>
-[...3 lines deleted...]
-      <c r="J41" t="s">
+      <c r="I72">
+        <v>2015</v>
+      </c>
+      <c r="J72" t="s">
+        <v>376</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>394</v>
+      </c>
+      <c r="M72" t="s">
+        <v>378</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>395</v>
+      </c>
+      <c r="P72" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>397</v>
+      </c>
+      <c r="B73" t="s">
+        <v>398</v>
+      </c>
+      <c r="C73" t="s">
+        <v>374</v>
+      </c>
+      <c r="D73" t="s">
+        <v>197</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>33</v>
+      </c>
+      <c r="G73" t="s">
+        <v>61</v>
+      </c>
+      <c r="H73">
+        <v>1996</v>
+      </c>
+      <c r="I73">
+        <v>2005</v>
+      </c>
+      <c r="J73" t="s">
+        <v>399</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>397</v>
+      </c>
+      <c r="M73" t="s">
+        <v>378</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>400</v>
+      </c>
+      <c r="P73" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>402</v>
+      </c>
+      <c r="B74" t="s">
+        <v>403</v>
+      </c>
+      <c r="C74" t="s">
+        <v>374</v>
+      </c>
+      <c r="D74" t="s">
+        <v>117</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>21</v>
       </c>
-      <c r="K41" t="s">
-[...31 lines deleted...]
-      <c r="G42">
+      <c r="G74" t="s">
+        <v>61</v>
+      </c>
+      <c r="H74">
+        <v>2006</v>
+      </c>
+      <c r="I74">
+        <v>2025</v>
+      </c>
+      <c r="J74" t="s">
+        <v>376</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>404</v>
+      </c>
+      <c r="M74" t="s">
+        <v>378</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>405</v>
+      </c>
+      <c r="P74" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>407</v>
+      </c>
+      <c r="B75" t="s">
+        <v>408</v>
+      </c>
+      <c r="C75" t="s">
+        <v>374</v>
+      </c>
+      <c r="D75" t="s">
+        <v>97</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2020</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>376</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>409</v>
+      </c>
+      <c r="M75" t="s">
+        <v>378</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>410</v>
+      </c>
+      <c r="P75" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>412</v>
+      </c>
+      <c r="B76" t="s">
+        <v>413</v>
+      </c>
+      <c r="C76" t="s">
+        <v>374</v>
+      </c>
+      <c r="D76" t="s">
+        <v>206</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>33</v>
+      </c>
+      <c r="G76" t="s">
+        <v>61</v>
+      </c>
+      <c r="H76">
+        <v>1997</v>
+      </c>
+      <c r="I76">
+        <v>2005</v>
+      </c>
+      <c r="J76" t="s">
+        <v>387</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>378</v>
+      </c>
+      <c r="N76" t="s">
+        <v>76</v>
+      </c>
+      <c r="O76" t="s">
+        <v>414</v>
+      </c>
+      <c r="P76" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>416</v>
+      </c>
+      <c r="B77" t="s">
+        <v>417</v>
+      </c>
+      <c r="C77" t="s">
+        <v>374</v>
+      </c>
+      <c r="D77" t="s">
+        <v>60</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>33</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2018</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>387</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>416</v>
+      </c>
+      <c r="M77" t="s">
+        <v>378</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>418</v>
+      </c>
+      <c r="P77" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>420</v>
+      </c>
+      <c r="B78" t="s">
+        <v>421</v>
+      </c>
+      <c r="C78" t="s">
+        <v>374</v>
+      </c>
+      <c r="D78" t="s">
+        <v>181</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>33</v>
+      </c>
+      <c r="G78" t="s">
+        <v>61</v>
+      </c>
+      <c r="H78">
+        <v>2012</v>
+      </c>
+      <c r="I78">
         <v>2013</v>
       </c>
-      <c r="H42">
-[...5 lines deleted...]
-      <c r="J42" t="s">
+      <c r="J78" t="s">
+        <v>387</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>420</v>
+      </c>
+      <c r="M78" t="s">
+        <v>378</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>422</v>
+      </c>
+      <c r="P78" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>424</v>
+      </c>
+      <c r="B79" t="s">
+        <v>425</v>
+      </c>
+      <c r="C79" t="s">
+        <v>374</v>
+      </c>
+      <c r="D79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>33</v>
+      </c>
+      <c r="G79" t="s">
+        <v>61</v>
+      </c>
+      <c r="H79">
+        <v>1995</v>
+      </c>
+      <c r="I79">
+        <v>2017</v>
+      </c>
+      <c r="J79" t="s">
+        <v>387</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>424</v>
+      </c>
+      <c r="M79" t="s">
+        <v>378</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>426</v>
+      </c>
+      <c r="P79" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>428</v>
+      </c>
+      <c r="B80" t="s">
+        <v>429</v>
+      </c>
+      <c r="C80" t="s">
+        <v>374</v>
+      </c>
+      <c r="D80" t="s">
+        <v>19</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>33</v>
+      </c>
+      <c r="G80" t="s">
+        <v>61</v>
+      </c>
+      <c r="H80">
+        <v>1995</v>
+      </c>
+      <c r="I80">
+        <v>2018</v>
+      </c>
+      <c r="J80" t="s">
+        <v>387</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>378</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>430</v>
+      </c>
+      <c r="P80" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>432</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81" t="s">
+        <v>374</v>
+      </c>
+      <c r="D81" t="s">
+        <v>375</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>33</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2018</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>387</v>
+      </c>
+      <c r="K81" t="s">
+        <v>433</v>
+      </c>
+      <c r="L81" t="s">
+        <v>434</v>
+      </c>
+      <c r="M81" t="s">
+        <v>378</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>435</v>
+      </c>
+      <c r="P81" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>437</v>
+      </c>
+      <c r="B82" t="s">
+        <v>438</v>
+      </c>
+      <c r="C82" t="s">
+        <v>374</v>
+      </c>
+      <c r="D82" t="s">
+        <v>231</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>33</v>
+      </c>
+      <c r="G82" t="s">
+        <v>61</v>
+      </c>
+      <c r="H82">
+        <v>2010</v>
+      </c>
+      <c r="I82">
+        <v>2018</v>
+      </c>
+      <c r="J82" t="s">
+        <v>387</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>437</v>
+      </c>
+      <c r="M82" t="s">
+        <v>378</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>439</v>
+      </c>
+      <c r="P82" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>441</v>
+      </c>
+      <c r="B83" t="s">
+        <v>442</v>
+      </c>
+      <c r="C83" t="s">
+        <v>374</v>
+      </c>
+      <c r="D83" t="s">
+        <v>443</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>33</v>
+      </c>
+      <c r="G83" t="s">
+        <v>61</v>
+      </c>
+      <c r="H83">
+        <v>2012</v>
+      </c>
+      <c r="I83">
+        <v>2017</v>
+      </c>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>441</v>
+      </c>
+      <c r="M83" t="s">
+        <v>378</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>444</v>
+      </c>
+      <c r="P83" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>446</v>
+      </c>
+      <c r="B84" t="s">
+        <v>447</v>
+      </c>
+      <c r="C84" t="s">
+        <v>374</v>
+      </c>
+      <c r="D84" t="s">
+        <v>448</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>33</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2021</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>387</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>449</v>
+      </c>
+      <c r="M84" t="s">
+        <v>378</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>450</v>
+      </c>
+      <c r="P84" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>452</v>
+      </c>
+      <c r="B85" t="s">
+        <v>453</v>
+      </c>
+      <c r="C85" t="s">
+        <v>374</v>
+      </c>
+      <c r="D85" t="s">
+        <v>206</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>33</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2021</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>387</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>454</v>
+      </c>
+      <c r="N85" t="s">
+        <v>76</v>
+      </c>
+      <c r="O85" t="s">
+        <v>455</v>
+      </c>
+      <c r="P85" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>457</v>
+      </c>
+      <c r="B86" t="s">
+        <v>458</v>
+      </c>
+      <c r="C86" t="s">
+        <v>31</v>
+      </c>
+      <c r="D86" t="s">
+        <v>459</v>
+      </c>
+      <c r="E86" t="s">
+        <v>359</v>
+      </c>
+      <c r="F86" t="s">
+        <v>460</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>361</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>461</v>
+      </c>
+      <c r="M86" t="s">
+        <v>35</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>462</v>
+      </c>
+      <c r="P86" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>464</v>
+      </c>
+      <c r="B87" t="s">
+        <v>465</v>
+      </c>
+      <c r="C87" t="s">
+        <v>352</v>
+      </c>
+      <c r="D87" t="s">
+        <v>19</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
         <v>21</v>
       </c>
-      <c r="K42" t="s">
-[...31 lines deleted...]
-      <c r="G43">
+      <c r="G87" t="s">
+        <v>61</v>
+      </c>
+      <c r="H87">
+        <v>2015</v>
+      </c>
+      <c r="I87">
+        <v>2018</v>
+      </c>
+      <c r="J87" t="s">
+        <v>466</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>467</v>
+      </c>
+      <c r="M87" t="s">
+        <v>353</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>468</v>
+      </c>
+      <c r="P87" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>470</v>
+      </c>
+      <c r="B88" t="s">
+        <v>471</v>
+      </c>
+      <c r="C88" t="s">
+        <v>472</v>
+      </c>
+      <c r="D88" t="s">
+        <v>19</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>61</v>
+      </c>
+      <c r="H88">
         <v>2013</v>
       </c>
-      <c r="H43">
-[...5 lines deleted...]
-      <c r="J43" t="s">
+      <c r="I88">
+        <v>2018</v>
+      </c>
+      <c r="J88" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>473</v>
+      </c>
+      <c r="M88" t="s">
+        <v>474</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>475</v>
+      </c>
+      <c r="P88" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>477</v>
+      </c>
+      <c r="B89" t="s">
+        <v>478</v>
+      </c>
+      <c r="C89" t="s">
+        <v>472</v>
+      </c>
+      <c r="D89" t="s">
+        <v>479</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
         <v>21</v>
       </c>
-      <c r="K43" t="s">
-[...40 lines deleted...]
-      <c r="J44" t="s">
+      <c r="G89" t="s">
+        <v>61</v>
+      </c>
+      <c r="H89">
+        <v>2016</v>
+      </c>
+      <c r="I89">
+        <v>2019</v>
+      </c>
+      <c r="J89" t="s">
+        <v>23</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>474</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>480</v>
+      </c>
+      <c r="P89" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>482</v>
+      </c>
+      <c r="B90" t="s">
+        <v>483</v>
+      </c>
+      <c r="C90" t="s">
+        <v>472</v>
+      </c>
+      <c r="D90" t="s">
+        <v>484</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>33</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>474</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>485</v>
+      </c>
+      <c r="P90" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>487</v>
+      </c>
+      <c r="B91" t="s">
+        <v>488</v>
+      </c>
+      <c r="C91" t="s">
+        <v>472</v>
+      </c>
+      <c r="D91" t="s">
+        <v>333</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
         <v>21</v>
       </c>
-      <c r="K44" t="s">
-[...2002 lines deleted...]
-        <v>2018</v>
+      <c r="G91" t="s">
+        <v>61</v>
       </c>
       <c r="H91">
         <v>2018</v>
       </c>
-      <c r="I91" t="s">
+      <c r="I91">
+        <v>2018</v>
+      </c>
+      <c r="J91" t="s">
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>474</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>489</v>
+      </c>
+      <c r="P91" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>490</v>
+      </c>
+      <c r="B92" t="s">
+        <v>491</v>
+      </c>
+      <c r="C92" t="s">
+        <v>472</v>
+      </c>
+      <c r="D92" t="s">
+        <v>375</v>
+      </c>
+      <c r="E92" t="s">
         <v>20</v>
       </c>
-      <c r="J91" t="s">
+      <c r="F92" t="s">
         <v>21</v>
       </c>
-      <c r="K91"/>
-[...30 lines deleted...]
-        <v>2018</v>
+      <c r="G92" t="s">
+        <v>61</v>
       </c>
       <c r="H92">
         <v>2018</v>
       </c>
-      <c r="I92" t="s">
+      <c r="I92">
+        <v>2018</v>
+      </c>
+      <c r="J92" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>492</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>474</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>493</v>
+      </c>
+      <c r="P92" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>494</v>
+      </c>
+      <c r="B93" t="s">
+        <v>495</v>
+      </c>
+      <c r="C93" t="s">
+        <v>472</v>
+      </c>
+      <c r="D93" t="s">
+        <v>496</v>
+      </c>
+      <c r="E93" t="s">
         <v>20</v>
       </c>
-      <c r="J92" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F93" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G93">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>61</v>
+      </c>
+      <c r="H93">
         <v>2007</v>
       </c>
-      <c r="H93">
+      <c r="I93">
         <v>2018</v>
       </c>
-      <c r="I93" t="s">
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>497</v>
+      </c>
+      <c r="M93" t="s">
+        <v>474</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>498</v>
+      </c>
+      <c r="P93" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>499</v>
+      </c>
+      <c r="B94" t="s">
+        <v>491</v>
+      </c>
+      <c r="C94" t="s">
+        <v>472</v>
+      </c>
+      <c r="D94" t="s">
+        <v>60</v>
+      </c>
+      <c r="E94" t="s">
         <v>20</v>
       </c>
-      <c r="J93" t="s">
+      <c r="F94" t="s">
         <v>21</v>
       </c>
-      <c r="K93" t="s">
-[...19 lines deleted...]
-      <c r="C94" t="s">
+      <c r="G94" t="s">
+        <v>61</v>
+      </c>
+      <c r="H94">
+        <v>2007</v>
+      </c>
+      <c r="I94">
+        <v>2018</v>
+      </c>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>500</v>
+      </c>
+      <c r="M94" t="s">
+        <v>474</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>501</v>
+      </c>
+      <c r="P94" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>502</v>
+      </c>
+      <c r="B95" t="s">
+        <v>503</v>
+      </c>
+      <c r="C95" t="s">
+        <v>472</v>
+      </c>
+      <c r="D95" t="s">
+        <v>479</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>61</v>
+      </c>
+      <c r="H95">
+        <v>2016</v>
+      </c>
+      <c r="I95">
+        <v>2019</v>
+      </c>
+      <c r="J95" t="s">
+        <v>23</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>474</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>504</v>
+      </c>
+      <c r="P95" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>505</v>
+      </c>
+      <c r="B96" t="s">
+        <v>506</v>
+      </c>
+      <c r="C96" t="s">
+        <v>472</v>
+      </c>
+      <c r="D96" t="s">
+        <v>47</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>33</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2016</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>67</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>507</v>
+      </c>
+      <c r="M96" t="s">
+        <v>474</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>508</v>
+      </c>
+      <c r="P96" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>510</v>
+      </c>
+      <c r="B97" t="s">
+        <v>511</v>
+      </c>
+      <c r="C97" t="s">
+        <v>374</v>
+      </c>
+      <c r="D97" t="s">
+        <v>60</v>
+      </c>
+      <c r="E97" t="s">
+        <v>359</v>
+      </c>
+      <c r="F97" t="s">
+        <v>512</v>
+      </c>
+      <c r="G97" t="s">
+        <v>61</v>
+      </c>
+      <c r="H97">
+        <v>2000</v>
+      </c>
+      <c r="I97">
+        <v>2020</v>
+      </c>
+      <c r="J97" t="s">
+        <v>513</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>416</v>
+      </c>
+      <c r="M97" t="s">
+        <v>514</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>515</v>
+      </c>
+      <c r="P97" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>517</v>
+      </c>
+      <c r="B98" t="s">
+        <v>518</v>
+      </c>
+      <c r="C98" t="s">
+        <v>374</v>
+      </c>
+      <c r="D98" t="s">
+        <v>181</v>
+      </c>
+      <c r="E98" t="s">
+        <v>359</v>
+      </c>
+      <c r="F98" t="s">
+        <v>512</v>
+      </c>
+      <c r="G98" t="s">
+        <v>61</v>
+      </c>
+      <c r="H98">
+        <v>2010</v>
+      </c>
+      <c r="I98">
+        <v>2022</v>
+      </c>
+      <c r="J98" t="s">
+        <v>513</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>519</v>
+      </c>
+      <c r="M98" t="s">
+        <v>514</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>520</v>
+      </c>
+      <c r="P98" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>522</v>
+      </c>
+      <c r="B99" t="s">
+        <v>523</v>
+      </c>
+      <c r="C99" t="s">
+        <v>374</v>
+      </c>
+      <c r="D99" t="s">
+        <v>19</v>
+      </c>
+      <c r="E99" t="s">
+        <v>359</v>
+      </c>
+      <c r="F99" t="s">
+        <v>512</v>
+      </c>
+      <c r="G99" t="s">
+        <v>61</v>
+      </c>
+      <c r="H99">
+        <v>2010</v>
+      </c>
+      <c r="I99">
+        <v>2017</v>
+      </c>
+      <c r="J99" t="s">
+        <v>513</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>524</v>
+      </c>
+      <c r="M99" t="s">
+        <v>514</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>525</v>
+      </c>
+      <c r="P99" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>527</v>
+      </c>
+      <c r="B100" t="s">
+        <v>528</v>
+      </c>
+      <c r="C100" t="s">
+        <v>374</v>
+      </c>
+      <c r="D100" t="s">
+        <v>47</v>
+      </c>
+      <c r="E100" t="s">
+        <v>359</v>
+      </c>
+      <c r="F100" t="s">
+        <v>512</v>
+      </c>
+      <c r="G100" t="s">
+        <v>61</v>
+      </c>
+      <c r="H100">
+        <v>1994</v>
+      </c>
+      <c r="I100">
+        <v>2012</v>
+      </c>
+      <c r="J100" t="s">
+        <v>513</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>529</v>
+      </c>
+      <c r="M100" t="s">
+        <v>514</v>
+      </c>
+      <c r="N100" t="s">
+        <v>76</v>
+      </c>
+      <c r="O100" t="s">
+        <v>530</v>
+      </c>
+      <c r="P100" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>532</v>
+      </c>
+      <c r="B101" t="s">
+        <v>533</v>
+      </c>
+      <c r="C101" t="s">
+        <v>374</v>
+      </c>
+      <c r="D101" t="s">
+        <v>181</v>
+      </c>
+      <c r="E101" t="s">
+        <v>359</v>
+      </c>
+      <c r="F101" t="s">
+        <v>512</v>
+      </c>
+      <c r="G101" t="s">
+        <v>61</v>
+      </c>
+      <c r="H101">
+        <v>1995</v>
+      </c>
+      <c r="I101">
+        <v>2013</v>
+      </c>
+      <c r="J101" t="s">
+        <v>513</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>534</v>
+      </c>
+      <c r="M101" t="s">
+        <v>514</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>535</v>
+      </c>
+      <c r="P101" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>537</v>
+      </c>
+      <c r="B102" t="s">
+        <v>538</v>
+      </c>
+      <c r="C102" t="s">
+        <v>374</v>
+      </c>
+      <c r="D102" t="s">
+        <v>112</v>
+      </c>
+      <c r="E102" t="s">
+        <v>359</v>
+      </c>
+      <c r="F102" t="s">
+        <v>512</v>
+      </c>
+      <c r="G102" t="s">
+        <v>61</v>
+      </c>
+      <c r="H102">
+        <v>1996</v>
+      </c>
+      <c r="I102">
+        <v>2012</v>
+      </c>
+      <c r="J102" t="s">
+        <v>513</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>539</v>
+      </c>
+      <c r="M102" t="s">
+        <v>514</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>540</v>
+      </c>
+      <c r="P102" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>542</v>
+      </c>
+      <c r="B103" t="s">
+        <v>543</v>
+      </c>
+      <c r="C103" t="s">
+        <v>374</v>
+      </c>
+      <c r="D103" t="s">
+        <v>112</v>
+      </c>
+      <c r="E103" t="s">
+        <v>359</v>
+      </c>
+      <c r="F103" t="s">
+        <v>512</v>
+      </c>
+      <c r="G103" t="s">
+        <v>61</v>
+      </c>
+      <c r="H103">
+        <v>1996</v>
+      </c>
+      <c r="I103">
+        <v>2012</v>
+      </c>
+      <c r="J103" t="s">
+        <v>513</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>544</v>
+      </c>
+      <c r="M103" t="s">
+        <v>514</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>545</v>
+      </c>
+      <c r="P103" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>547</v>
+      </c>
+      <c r="B104" t="s">
+        <v>548</v>
+      </c>
+      <c r="C104" t="s">
+        <v>374</v>
+      </c>
+      <c r="D104" t="s">
+        <v>218</v>
+      </c>
+      <c r="E104" t="s">
+        <v>359</v>
+      </c>
+      <c r="F104" t="s">
+        <v>512</v>
+      </c>
+      <c r="G104" t="s">
+        <v>61</v>
+      </c>
+      <c r="H104">
+        <v>1996</v>
+      </c>
+      <c r="I104">
+        <v>2012</v>
+      </c>
+      <c r="J104" t="s">
+        <v>513</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>549</v>
+      </c>
+      <c r="M104" t="s">
+        <v>514</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>550</v>
+      </c>
+      <c r="P104" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>552</v>
+      </c>
+      <c r="B105" t="s">
+        <v>553</v>
+      </c>
+      <c r="C105" t="s">
+        <v>374</v>
+      </c>
+      <c r="D105" t="s">
+        <v>181</v>
+      </c>
+      <c r="E105" t="s">
+        <v>359</v>
+      </c>
+      <c r="F105" t="s">
+        <v>512</v>
+      </c>
+      <c r="G105" t="s">
+        <v>61</v>
+      </c>
+      <c r="H105">
+        <v>1996</v>
+      </c>
+      <c r="I105">
+        <v>2015</v>
+      </c>
+      <c r="J105" t="s">
+        <v>513</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>554</v>
+      </c>
+      <c r="M105" t="s">
+        <v>514</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>555</v>
+      </c>
+      <c r="P105" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>557</v>
+      </c>
+      <c r="B106" t="s">
+        <v>558</v>
+      </c>
+      <c r="C106" t="s">
+        <v>374</v>
+      </c>
+      <c r="D106" t="s">
+        <v>218</v>
+      </c>
+      <c r="E106" t="s">
+        <v>359</v>
+      </c>
+      <c r="F106" t="s">
+        <v>512</v>
+      </c>
+      <c r="G106" t="s">
+        <v>61</v>
+      </c>
+      <c r="H106">
+        <v>1996</v>
+      </c>
+      <c r="I106">
+        <v>2013</v>
+      </c>
+      <c r="J106" t="s">
+        <v>513</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>559</v>
+      </c>
+      <c r="M106" t="s">
+        <v>514</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>560</v>
+      </c>
+      <c r="P106" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>562</v>
+      </c>
+      <c r="B107" t="s">
+        <v>563</v>
+      </c>
+      <c r="C107" t="s">
+        <v>374</v>
+      </c>
+      <c r="D107" t="s">
+        <v>218</v>
+      </c>
+      <c r="E107" t="s">
+        <v>359</v>
+      </c>
+      <c r="F107" t="s">
+        <v>512</v>
+      </c>
+      <c r="G107" t="s">
+        <v>61</v>
+      </c>
+      <c r="H107">
+        <v>1997</v>
+      </c>
+      <c r="I107">
+        <v>2012</v>
+      </c>
+      <c r="J107" t="s">
+        <v>513</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>564</v>
+      </c>
+      <c r="M107" t="s">
+        <v>514</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>565</v>
+      </c>
+      <c r="P107" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>567</v>
+      </c>
+      <c r="B108" t="s">
+        <v>568</v>
+      </c>
+      <c r="C108" t="s">
+        <v>374</v>
+      </c>
+      <c r="D108" t="s">
+        <v>181</v>
+      </c>
+      <c r="E108" t="s">
+        <v>359</v>
+      </c>
+      <c r="F108" t="s">
+        <v>512</v>
+      </c>
+      <c r="G108" t="s">
+        <v>61</v>
+      </c>
+      <c r="H108">
+        <v>1998</v>
+      </c>
+      <c r="I108">
+        <v>2012</v>
+      </c>
+      <c r="J108" t="s">
+        <v>513</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>569</v>
+      </c>
+      <c r="M108" t="s">
+        <v>514</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>570</v>
+      </c>
+      <c r="P108" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>572</v>
+      </c>
+      <c r="B109" t="s">
+        <v>573</v>
+      </c>
+      <c r="C109" t="s">
+        <v>374</v>
+      </c>
+      <c r="D109" t="s">
+        <v>19</v>
+      </c>
+      <c r="E109" t="s">
+        <v>359</v>
+      </c>
+      <c r="F109" t="s">
+        <v>512</v>
+      </c>
+      <c r="G109" t="s">
+        <v>61</v>
+      </c>
+      <c r="H109">
+        <v>1998</v>
+      </c>
+      <c r="I109">
+        <v>2012</v>
+      </c>
+      <c r="J109" t="s">
+        <v>67</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>574</v>
+      </c>
+      <c r="M109" t="s">
+        <v>575</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>576</v>
+      </c>
+      <c r="P109" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>578</v>
+      </c>
+      <c r="B110" t="s">
+        <v>579</v>
+      </c>
+      <c r="C110" t="s">
+        <v>374</v>
+      </c>
+      <c r="D110" t="s">
+        <v>206</v>
+      </c>
+      <c r="E110" t="s">
+        <v>359</v>
+      </c>
+      <c r="F110" t="s">
+        <v>512</v>
+      </c>
+      <c r="G110" t="s">
+        <v>61</v>
+      </c>
+      <c r="H110">
+        <v>1999</v>
+      </c>
+      <c r="I110">
+        <v>2012</v>
+      </c>
+      <c r="J110" t="s">
+        <v>513</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>580</v>
+      </c>
+      <c r="M110" t="s">
+        <v>514</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>581</v>
+      </c>
+      <c r="P110" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>583</v>
+      </c>
+      <c r="B111" t="s">
+        <v>584</v>
+      </c>
+      <c r="C111" t="s">
+        <v>374</v>
+      </c>
+      <c r="D111" t="s">
+        <v>166</v>
+      </c>
+      <c r="E111" t="s">
+        <v>359</v>
+      </c>
+      <c r="F111" t="s">
+        <v>512</v>
+      </c>
+      <c r="G111" t="s">
+        <v>61</v>
+      </c>
+      <c r="H111">
+        <v>2000</v>
+      </c>
+      <c r="I111">
+        <v>2012</v>
+      </c>
+      <c r="J111" t="s">
+        <v>513</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>585</v>
+      </c>
+      <c r="M111" t="s">
+        <v>514</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>586</v>
+      </c>
+      <c r="P111" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>588</v>
+      </c>
+      <c r="B112" t="s">
+        <v>589</v>
+      </c>
+      <c r="C112" t="s">
+        <v>374</v>
+      </c>
+      <c r="D112" t="s">
+        <v>590</v>
+      </c>
+      <c r="E112" t="s">
+        <v>359</v>
+      </c>
+      <c r="F112" t="s">
+        <v>512</v>
+      </c>
+      <c r="G112" t="s">
+        <v>61</v>
+      </c>
+      <c r="H112">
+        <v>2001</v>
+      </c>
+      <c r="I112">
+        <v>2015</v>
+      </c>
+      <c r="J112" t="s">
+        <v>513</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>591</v>
+      </c>
+      <c r="M112" t="s">
+        <v>514</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>592</v>
+      </c>
+      <c r="P112" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>594</v>
+      </c>
+      <c r="B113" t="s">
+        <v>595</v>
+      </c>
+      <c r="C113" t="s">
+        <v>374</v>
+      </c>
+      <c r="D113" t="s">
+        <v>197</v>
+      </c>
+      <c r="E113" t="s">
+        <v>359</v>
+      </c>
+      <c r="F113" t="s">
+        <v>512</v>
+      </c>
+      <c r="G113" t="s">
+        <v>61</v>
+      </c>
+      <c r="H113">
+        <v>2002</v>
+      </c>
+      <c r="I113">
+        <v>2012</v>
+      </c>
+      <c r="J113" t="s">
+        <v>513</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>596</v>
+      </c>
+      <c r="M113" t="s">
+        <v>514</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>597</v>
+      </c>
+      <c r="P113" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>599</v>
+      </c>
+      <c r="B114" t="s">
+        <v>600</v>
+      </c>
+      <c r="C114" t="s">
+        <v>374</v>
+      </c>
+      <c r="D114" t="s">
+        <v>218</v>
+      </c>
+      <c r="E114" t="s">
+        <v>359</v>
+      </c>
+      <c r="F114" t="s">
+        <v>512</v>
+      </c>
+      <c r="G114" t="s">
+        <v>61</v>
+      </c>
+      <c r="H114">
+        <v>2003</v>
+      </c>
+      <c r="I114">
+        <v>2013</v>
+      </c>
+      <c r="J114" t="s">
+        <v>513</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>601</v>
+      </c>
+      <c r="M114" t="s">
+        <v>514</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>602</v>
+      </c>
+      <c r="P114" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>604</v>
+      </c>
+      <c r="B115" t="s">
+        <v>605</v>
+      </c>
+      <c r="C115" t="s">
+        <v>374</v>
+      </c>
+      <c r="D115" t="s">
+        <v>19</v>
+      </c>
+      <c r="E115" t="s">
+        <v>359</v>
+      </c>
+      <c r="F115" t="s">
+        <v>512</v>
+      </c>
+      <c r="G115" t="s">
+        <v>61</v>
+      </c>
+      <c r="H115">
+        <v>1998</v>
+      </c>
+      <c r="I115">
+        <v>2012</v>
+      </c>
+      <c r="J115" t="s">
+        <v>67</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>606</v>
+      </c>
+      <c r="M115" t="s">
+        <v>575</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>607</v>
+      </c>
+      <c r="P115" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>608</v>
+      </c>
+      <c r="B116" t="s">
+        <v>609</v>
+      </c>
+      <c r="C116" t="s">
+        <v>374</v>
+      </c>
+      <c r="D116" t="s">
+        <v>305</v>
+      </c>
+      <c r="E116" t="s">
+        <v>359</v>
+      </c>
+      <c r="F116" t="s">
+        <v>512</v>
+      </c>
+      <c r="G116" t="s">
+        <v>61</v>
+      </c>
+      <c r="H116">
+        <v>2003</v>
+      </c>
+      <c r="I116">
+        <v>2012</v>
+      </c>
+      <c r="J116" t="s">
+        <v>513</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>610</v>
+      </c>
+      <c r="M116" t="s">
+        <v>514</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>611</v>
+      </c>
+      <c r="P116" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>613</v>
+      </c>
+      <c r="B117" t="s">
+        <v>614</v>
+      </c>
+      <c r="C117" t="s">
+        <v>374</v>
+      </c>
+      <c r="D117" t="s">
+        <v>181</v>
+      </c>
+      <c r="E117" t="s">
+        <v>359</v>
+      </c>
+      <c r="F117" t="s">
+        <v>512</v>
+      </c>
+      <c r="G117" t="s">
+        <v>61</v>
+      </c>
+      <c r="H117">
+        <v>2004</v>
+      </c>
+      <c r="I117">
+        <v>2012</v>
+      </c>
+      <c r="J117" t="s">
+        <v>513</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>615</v>
+      </c>
+      <c r="M117" t="s">
+        <v>514</v>
+      </c>
+      <c r="N117" t="s">
+        <v>76</v>
+      </c>
+      <c r="O117" t="s">
+        <v>616</v>
+      </c>
+      <c r="P117" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>618</v>
+      </c>
+      <c r="B118" t="s">
+        <v>619</v>
+      </c>
+      <c r="C118" t="s">
+        <v>374</v>
+      </c>
+      <c r="D118" t="s">
+        <v>218</v>
+      </c>
+      <c r="E118" t="s">
+        <v>359</v>
+      </c>
+      <c r="F118" t="s">
+        <v>512</v>
+      </c>
+      <c r="G118" t="s">
+        <v>61</v>
+      </c>
+      <c r="H118">
+        <v>2004</v>
+      </c>
+      <c r="I118">
+        <v>2012</v>
+      </c>
+      <c r="J118" t="s">
+        <v>513</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>620</v>
+      </c>
+      <c r="M118" t="s">
+        <v>514</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>621</v>
+      </c>
+      <c r="P118" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>623</v>
+      </c>
+      <c r="B119" t="s">
+        <v>624</v>
+      </c>
+      <c r="C119" t="s">
+        <v>374</v>
+      </c>
+      <c r="D119" t="s">
+        <v>218</v>
+      </c>
+      <c r="E119" t="s">
+        <v>359</v>
+      </c>
+      <c r="F119" t="s">
+        <v>512</v>
+      </c>
+      <c r="G119" t="s">
+        <v>61</v>
+      </c>
+      <c r="H119">
+        <v>2004</v>
+      </c>
+      <c r="I119">
+        <v>2012</v>
+      </c>
+      <c r="J119" t="s">
+        <v>513</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>620</v>
+      </c>
+      <c r="M119" t="s">
+        <v>514</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>625</v>
+      </c>
+      <c r="P119" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>627</v>
+      </c>
+      <c r="B120" t="s">
+        <v>628</v>
+      </c>
+      <c r="C120" t="s">
+        <v>374</v>
+      </c>
+      <c r="D120" t="s">
+        <v>197</v>
+      </c>
+      <c r="E120" t="s">
+        <v>359</v>
+      </c>
+      <c r="F120" t="s">
+        <v>512</v>
+      </c>
+      <c r="G120" t="s">
+        <v>61</v>
+      </c>
+      <c r="H120">
+        <v>2004</v>
+      </c>
+      <c r="I120">
+        <v>2012</v>
+      </c>
+      <c r="J120" t="s">
+        <v>513</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>629</v>
+      </c>
+      <c r="M120" t="s">
+        <v>514</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>630</v>
+      </c>
+      <c r="P120" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>632</v>
+      </c>
+      <c r="B121" t="s">
+        <v>633</v>
+      </c>
+      <c r="C121" t="s">
+        <v>374</v>
+      </c>
+      <c r="D121" t="s">
+        <v>112</v>
+      </c>
+      <c r="E121" t="s">
+        <v>359</v>
+      </c>
+      <c r="F121" t="s">
+        <v>512</v>
+      </c>
+      <c r="G121" t="s">
+        <v>61</v>
+      </c>
+      <c r="H121">
+        <v>2004</v>
+      </c>
+      <c r="I121">
+        <v>2012</v>
+      </c>
+      <c r="J121" t="s">
+        <v>513</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>539</v>
+      </c>
+      <c r="M121" t="s">
+        <v>514</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>634</v>
+      </c>
+      <c r="P121" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>636</v>
+      </c>
+      <c r="B122" t="s">
+        <v>637</v>
+      </c>
+      <c r="C122" t="s">
+        <v>374</v>
+      </c>
+      <c r="D122" t="s">
+        <v>112</v>
+      </c>
+      <c r="E122" t="s">
+        <v>359</v>
+      </c>
+      <c r="F122" t="s">
+        <v>512</v>
+      </c>
+      <c r="G122" t="s">
+        <v>61</v>
+      </c>
+      <c r="H122">
+        <v>2005</v>
+      </c>
+      <c r="I122">
+        <v>2012</v>
+      </c>
+      <c r="J122" t="s">
+        <v>513</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>638</v>
+      </c>
+      <c r="M122" t="s">
+        <v>514</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>639</v>
+      </c>
+      <c r="P122" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>641</v>
+      </c>
+      <c r="B123" t="s">
+        <v>642</v>
+      </c>
+      <c r="C123" t="s">
+        <v>374</v>
+      </c>
+      <c r="D123" t="s">
+        <v>218</v>
+      </c>
+      <c r="E123" t="s">
+        <v>359</v>
+      </c>
+      <c r="F123" t="s">
+        <v>512</v>
+      </c>
+      <c r="G123" t="s">
+        <v>61</v>
+      </c>
+      <c r="H123">
+        <v>2005</v>
+      </c>
+      <c r="I123">
+        <v>2012</v>
+      </c>
+      <c r="J123" t="s">
+        <v>513</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>643</v>
+      </c>
+      <c r="M123" t="s">
+        <v>514</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>644</v>
+      </c>
+      <c r="P123" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>646</v>
+      </c>
+      <c r="B124" t="s">
+        <v>647</v>
+      </c>
+      <c r="C124" t="s">
+        <v>374</v>
+      </c>
+      <c r="D124" t="s">
+        <v>112</v>
+      </c>
+      <c r="E124" t="s">
+        <v>359</v>
+      </c>
+      <c r="F124" t="s">
+        <v>512</v>
+      </c>
+      <c r="G124" t="s">
+        <v>61</v>
+      </c>
+      <c r="H124">
+        <v>2007</v>
+      </c>
+      <c r="I124">
+        <v>2012</v>
+      </c>
+      <c r="J124" t="s">
+        <v>513</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>648</v>
+      </c>
+      <c r="M124" t="s">
+        <v>514</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>649</v>
+      </c>
+      <c r="P124" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>651</v>
+      </c>
+      <c r="B125" t="s">
+        <v>652</v>
+      </c>
+      <c r="C125" t="s">
+        <v>374</v>
+      </c>
+      <c r="D125" t="s">
+        <v>80</v>
+      </c>
+      <c r="E125" t="s">
+        <v>359</v>
+      </c>
+      <c r="F125" t="s">
+        <v>512</v>
+      </c>
+      <c r="G125" t="s">
+        <v>61</v>
+      </c>
+      <c r="H125">
+        <v>2007</v>
+      </c>
+      <c r="I125">
+        <v>2012</v>
+      </c>
+      <c r="J125" t="s">
+        <v>513</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>653</v>
+      </c>
+      <c r="M125" t="s">
+        <v>514</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>654</v>
+      </c>
+      <c r="P125" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>656</v>
+      </c>
+      <c r="B126" t="s">
+        <v>657</v>
+      </c>
+      <c r="C126" t="s">
+        <v>374</v>
+      </c>
+      <c r="D126" t="s">
+        <v>448</v>
+      </c>
+      <c r="E126" t="s">
+        <v>359</v>
+      </c>
+      <c r="F126" t="s">
+        <v>512</v>
+      </c>
+      <c r="G126" t="s">
+        <v>61</v>
+      </c>
+      <c r="H126">
+        <v>2013</v>
+      </c>
+      <c r="I126">
+        <v>2014</v>
+      </c>
+      <c r="J126" t="s">
+        <v>67</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>658</v>
+      </c>
+      <c r="M126" t="s">
+        <v>575</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>659</v>
+      </c>
+      <c r="P126" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>660</v>
+      </c>
+      <c r="B127" t="s">
+        <v>661</v>
+      </c>
+      <c r="C127" t="s">
+        <v>374</v>
+      </c>
+      <c r="D127" t="s">
+        <v>662</v>
+      </c>
+      <c r="E127" t="s">
+        <v>359</v>
+      </c>
+      <c r="F127" t="s">
+        <v>512</v>
+      </c>
+      <c r="G127" t="s">
+        <v>61</v>
+      </c>
+      <c r="H127">
+        <v>2008</v>
+      </c>
+      <c r="I127">
+        <v>2012</v>
+      </c>
+      <c r="J127" t="s">
+        <v>513</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>663</v>
+      </c>
+      <c r="M127" t="s">
+        <v>514</v>
+      </c>
+      <c r="N127" t="s">
+        <v>76</v>
+      </c>
+      <c r="O127" t="s">
+        <v>664</v>
+      </c>
+      <c r="P127" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>666</v>
+      </c>
+      <c r="B128" t="s">
+        <v>667</v>
+      </c>
+      <c r="C128" t="s">
+        <v>374</v>
+      </c>
+      <c r="D128" t="s">
+        <v>668</v>
+      </c>
+      <c r="E128" t="s">
+        <v>359</v>
+      </c>
+      <c r="F128" t="s">
+        <v>512</v>
+      </c>
+      <c r="G128" t="s">
+        <v>61</v>
+      </c>
+      <c r="H128">
+        <v>2008</v>
+      </c>
+      <c r="I128">
+        <v>2012</v>
+      </c>
+      <c r="J128" t="s">
+        <v>513</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>669</v>
+      </c>
+      <c r="M128" t="s">
+        <v>514</v>
+      </c>
+      <c r="N128" t="s">
+        <v>76</v>
+      </c>
+      <c r="O128" t="s">
+        <v>670</v>
+      </c>
+      <c r="P128" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>672</v>
+      </c>
+      <c r="B129" t="s">
+        <v>673</v>
+      </c>
+      <c r="C129" t="s">
+        <v>374</v>
+      </c>
+      <c r="D129" t="s">
+        <v>674</v>
+      </c>
+      <c r="E129" t="s">
+        <v>359</v>
+      </c>
+      <c r="F129" t="s">
+        <v>512</v>
+      </c>
+      <c r="G129" t="s">
+        <v>61</v>
+      </c>
+      <c r="H129">
+        <v>2008</v>
+      </c>
+      <c r="I129">
+        <v>2009</v>
+      </c>
+      <c r="J129" t="s">
+        <v>513</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>675</v>
+      </c>
+      <c r="M129" t="s">
+        <v>514</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>676</v>
+      </c>
+      <c r="P129" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>678</v>
+      </c>
+      <c r="B130" t="s">
+        <v>679</v>
+      </c>
+      <c r="C130" t="s">
+        <v>374</v>
+      </c>
+      <c r="D130" t="s">
+        <v>47</v>
+      </c>
+      <c r="E130" t="s">
+        <v>359</v>
+      </c>
+      <c r="F130" t="s">
+        <v>512</v>
+      </c>
+      <c r="G130" t="s">
+        <v>61</v>
+      </c>
+      <c r="H130">
+        <v>1994</v>
+      </c>
+      <c r="I130">
+        <v>2012</v>
+      </c>
+      <c r="J130" t="s">
+        <v>67</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>680</v>
+      </c>
+      <c r="M130" t="s">
+        <v>575</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>681</v>
+      </c>
+      <c r="P130" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>682</v>
+      </c>
+      <c r="B131" t="s">
+        <v>683</v>
+      </c>
+      <c r="C131" t="s">
+        <v>374</v>
+      </c>
+      <c r="D131" t="s">
+        <v>135</v>
+      </c>
+      <c r="E131" t="s">
+        <v>359</v>
+      </c>
+      <c r="F131" t="s">
+        <v>512</v>
+      </c>
+      <c r="G131" t="s">
+        <v>61</v>
+      </c>
+      <c r="H131">
+        <v>2008</v>
+      </c>
+      <c r="I131">
+        <v>2012</v>
+      </c>
+      <c r="J131" t="s">
+        <v>67</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>684</v>
+      </c>
+      <c r="M131" t="s">
+        <v>575</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>685</v>
+      </c>
+      <c r="P131" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>686</v>
+      </c>
+      <c r="B132" t="s">
+        <v>687</v>
+      </c>
+      <c r="C132" t="s">
+        <v>374</v>
+      </c>
+      <c r="D132" t="s">
+        <v>47</v>
+      </c>
+      <c r="E132" t="s">
+        <v>359</v>
+      </c>
+      <c r="F132" t="s">
+        <v>512</v>
+      </c>
+      <c r="G132" t="s">
+        <v>61</v>
+      </c>
+      <c r="H132">
+        <v>2009</v>
+      </c>
+      <c r="I132">
+        <v>2012</v>
+      </c>
+      <c r="J132" t="s">
+        <v>513</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>688</v>
+      </c>
+      <c r="M132" t="s">
+        <v>514</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>689</v>
+      </c>
+      <c r="P132" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>691</v>
+      </c>
+      <c r="B133" t="s">
+        <v>692</v>
+      </c>
+      <c r="C133" t="s">
+        <v>374</v>
+      </c>
+      <c r="D133" t="s">
+        <v>181</v>
+      </c>
+      <c r="E133" t="s">
+        <v>359</v>
+      </c>
+      <c r="F133" t="s">
+        <v>512</v>
+      </c>
+      <c r="G133" t="s">
+        <v>61</v>
+      </c>
+      <c r="H133">
+        <v>2009</v>
+      </c>
+      <c r="I133">
+        <v>2012</v>
+      </c>
+      <c r="J133" t="s">
+        <v>513</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>693</v>
+      </c>
+      <c r="M133" t="s">
+        <v>514</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>694</v>
+      </c>
+      <c r="P133" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>696</v>
+      </c>
+      <c r="B134" t="s">
+        <v>697</v>
+      </c>
+      <c r="C134" t="s">
+        <v>374</v>
+      </c>
+      <c r="D134" t="s">
+        <v>698</v>
+      </c>
+      <c r="E134" t="s">
+        <v>359</v>
+      </c>
+      <c r="F134" t="s">
+        <v>512</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2011</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>513</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>699</v>
+      </c>
+      <c r="M134" t="s">
+        <v>514</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>700</v>
+      </c>
+      <c r="P134" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>702</v>
+      </c>
+      <c r="B135" t="s">
+        <v>703</v>
+      </c>
+      <c r="C135" t="s">
+        <v>374</v>
+      </c>
+      <c r="D135" t="s">
+        <v>704</v>
+      </c>
+      <c r="E135" t="s">
+        <v>359</v>
+      </c>
+      <c r="F135" t="s">
+        <v>512</v>
+      </c>
+      <c r="G135" t="s">
+        <v>61</v>
+      </c>
+      <c r="H135">
+        <v>2010</v>
+      </c>
+      <c r="I135">
+        <v>2012</v>
+      </c>
+      <c r="J135" t="s">
+        <v>513</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>705</v>
+      </c>
+      <c r="M135" t="s">
+        <v>514</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>706</v>
+      </c>
+      <c r="P135" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>708</v>
+      </c>
+      <c r="B136" t="s">
+        <v>709</v>
+      </c>
+      <c r="C136" t="s">
+        <v>374</v>
+      </c>
+      <c r="D136" t="s">
+        <v>206</v>
+      </c>
+      <c r="E136" t="s">
+        <v>359</v>
+      </c>
+      <c r="F136" t="s">
+        <v>512</v>
+      </c>
+      <c r="G136" t="s">
+        <v>61</v>
+      </c>
+      <c r="H136">
+        <v>2010</v>
+      </c>
+      <c r="I136">
+        <v>2012</v>
+      </c>
+      <c r="J136" t="s">
+        <v>513</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>710</v>
+      </c>
+      <c r="M136" t="s">
+        <v>514</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>711</v>
+      </c>
+      <c r="P136" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>713</v>
+      </c>
+      <c r="B137" t="s">
+        <v>714</v>
+      </c>
+      <c r="C137" t="s">
+        <v>374</v>
+      </c>
+      <c r="D137" t="s">
+        <v>181</v>
+      </c>
+      <c r="E137" t="s">
+        <v>359</v>
+      </c>
+      <c r="F137" t="s">
+        <v>512</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2015</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>67</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>715</v>
+      </c>
+      <c r="M137" t="s">
+        <v>575</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>716</v>
+      </c>
+      <c r="P137"/>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>717</v>
+      </c>
+      <c r="B138" t="s">
+        <v>718</v>
+      </c>
+      <c r="C138" t="s">
+        <v>374</v>
+      </c>
+      <c r="D138" t="s">
+        <v>719</v>
+      </c>
+      <c r="E138" t="s">
+        <v>359</v>
+      </c>
+      <c r="F138" t="s">
+        <v>512</v>
+      </c>
+      <c r="G138" t="s">
+        <v>61</v>
+      </c>
+      <c r="H138">
+        <v>2011</v>
+      </c>
+      <c r="I138">
+        <v>2022</v>
+      </c>
+      <c r="J138" t="s">
+        <v>513</v>
+      </c>
+      <c r="K138" t="s">
+        <v>720</v>
+      </c>
+      <c r="L138" t="s">
+        <v>721</v>
+      </c>
+      <c r="M138" t="s">
+        <v>514</v>
+      </c>
+      <c r="N138" t="s">
+        <v>722</v>
+      </c>
+      <c r="O138" t="s">
+        <v>723</v>
+      </c>
+      <c r="P138" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>725</v>
+      </c>
+      <c r="B139" t="s">
+        <v>726</v>
+      </c>
+      <c r="C139" t="s">
+        <v>374</v>
+      </c>
+      <c r="D139" t="s">
+        <v>448</v>
+      </c>
+      <c r="E139" t="s">
+        <v>359</v>
+      </c>
+      <c r="F139" t="s">
+        <v>512</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2013</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>67</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>727</v>
+      </c>
+      <c r="M139" t="s">
+        <v>575</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>728</v>
+      </c>
+      <c r="P139"/>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>729</v>
+      </c>
+      <c r="B140" t="s">
+        <v>730</v>
+      </c>
+      <c r="C140" t="s">
+        <v>46</v>
+      </c>
+      <c r="D140" t="s">
+        <v>311</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>61</v>
+      </c>
+      <c r="H140">
+        <v>2007</v>
+      </c>
+      <c r="I140">
+        <v>2011</v>
+      </c>
+      <c r="J140" t="s">
         <v>48</v>
       </c>
-      <c r="D94" t="s">
-[...76 lines deleted...]
-      <c r="A96" t="s">
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>731</v>
+      </c>
+      <c r="M140" t="s">
+        <v>732</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>733</v>
+      </c>
+      <c r="P140" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>735</v>
+      </c>
+      <c r="B141" t="s">
+        <v>736</v>
+      </c>
+      <c r="C141" t="s">
+        <v>46</v>
+      </c>
+      <c r="D141" t="s">
+        <v>135</v>
+      </c>
+      <c r="E141" t="s">
         <v>359</v>
       </c>
-      <c r="B96" t="s">
-[...1982 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>33</v>
+      </c>
+      <c r="G141" t="s">
+        <v>61</v>
       </c>
       <c r="H141">
         <v>2006</v>
       </c>
-      <c r="I141" t="s">
-        <v>40</v>
+      <c r="I141">
+        <v>2006</v>
       </c>
       <c r="J141" t="s">
+        <v>48</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>732</v>
+      </c>
+      <c r="N141" t="s">
+        <v>76</v>
+      </c>
+      <c r="O141" t="s">
+        <v>737</v>
+      </c>
+      <c r="P141"/>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>738</v>
+      </c>
+      <c r="B142" t="s">
+        <v>739</v>
+      </c>
+      <c r="C142" t="s">
+        <v>46</v>
+      </c>
+      <c r="D142" t="s">
+        <v>443</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
         <v>21</v>
       </c>
-      <c r="K141"/>
-[...26 lines deleted...]
-      <c r="F142" t="s">
+      <c r="G142" t="s">
+        <v>61</v>
+      </c>
+      <c r="H142">
+        <v>2006</v>
+      </c>
+      <c r="I142">
+        <v>2015</v>
+      </c>
+      <c r="J142" t="s">
+        <v>48</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
         <v>49</v>
       </c>
-      <c r="G142">
-[...17 lines deleted...]
-      </c>
       <c r="N142" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>740</v>
+      </c>
+      <c r="P142" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>509</v>
+        <v>742</v>
       </c>
       <c r="B143" t="s">
-        <v>38</v>
+        <v>743</v>
       </c>
       <c r="C143" t="s">
-        <v>510</v>
+        <v>46</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>744</v>
       </c>
       <c r="E143" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G143">
+        <v>33</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
         <v>2016</v>
       </c>
-      <c r="H143"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I143"/>
       <c r="J143" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>732</v>
       </c>
       <c r="N143" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>745</v>
+      </c>
+      <c r="P143" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>512</v>
+        <v>747</v>
       </c>
       <c r="B144" t="s">
-        <v>38</v>
+        <v>748</v>
       </c>
       <c r="C144" t="s">
-        <v>114</v>
+        <v>46</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="E144" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>33</v>
+      </c>
+      <c r="G144" t="s">
+        <v>61</v>
       </c>
       <c r="H144">
         <v>2016</v>
       </c>
-      <c r="I144" t="s">
-        <v>40</v>
+      <c r="I144">
+        <v>2016</v>
       </c>
       <c r="J144" t="s">
+        <v>48</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>732</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>749</v>
+      </c>
+      <c r="P144" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>750</v>
+      </c>
+      <c r="B145" t="s">
+        <v>751</v>
+      </c>
+      <c r="C145" t="s">
+        <v>46</v>
+      </c>
+      <c r="D145" t="s">
+        <v>218</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>55</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2014</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>48</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>49</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>752</v>
+      </c>
+      <c r="P145" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>754</v>
+      </c>
+      <c r="B146" t="s">
+        <v>755</v>
+      </c>
+      <c r="C146" t="s">
+        <v>46</v>
+      </c>
+      <c r="D146" t="s">
+        <v>322</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>33</v>
+      </c>
+      <c r="G146" t="s">
+        <v>61</v>
+      </c>
+      <c r="H146">
+        <v>2012</v>
+      </c>
+      <c r="I146">
+        <v>2013</v>
+      </c>
+      <c r="J146" t="s">
+        <v>48</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>756</v>
+      </c>
+      <c r="M146" t="s">
+        <v>732</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>757</v>
+      </c>
+      <c r="P146" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>759</v>
+      </c>
+      <c r="B147" t="s">
+        <v>760</v>
+      </c>
+      <c r="C147" t="s">
+        <v>46</v>
+      </c>
+      <c r="D147" t="s">
+        <v>122</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
         <v>21</v>
       </c>
-      <c r="K144"/>
-[...6 lines deleted...]
-      <c r="N144" t="s">
+      <c r="G147" t="s">
+        <v>61</v>
+      </c>
+      <c r="H147">
+        <v>1986</v>
+      </c>
+      <c r="I147">
+        <v>2012</v>
+      </c>
+      <c r="J147" t="s">
+        <v>48</v>
+      </c>
+      <c r="K147" t="s">
+        <v>720</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>761</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>762</v>
+      </c>
+      <c r="P147" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>764</v>
+      </c>
+      <c r="B148" t="s">
+        <v>755</v>
+      </c>
+      <c r="C148" t="s">
+        <v>46</v>
+      </c>
+      <c r="D148" t="s">
+        <v>765</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>33</v>
+      </c>
+      <c r="G148" t="s">
+        <v>61</v>
+      </c>
+      <c r="H148">
+        <v>1986</v>
+      </c>
+      <c r="I148">
+        <v>2014</v>
+      </c>
+      <c r="J148" t="s">
+        <v>48</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>732</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>766</v>
+      </c>
+      <c r="P148" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>768</v>
+      </c>
+      <c r="B149" t="s">
+        <v>769</v>
+      </c>
+      <c r="C149" t="s">
+        <v>46</v>
+      </c>
+      <c r="D149" t="s">
+        <v>770</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2004</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>48</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>761</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>771</v>
+      </c>
+      <c r="P149" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>773</v>
+      </c>
+      <c r="B150" t="s">
+        <v>774</v>
+      </c>
+      <c r="C150" t="s">
+        <v>31</v>
+      </c>
+      <c r="D150" t="s">
+        <v>775</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>33</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2019</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>340</v>
+      </c>
+      <c r="K150" t="s">
+        <v>776</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>35</v>
+      </c>
+      <c r="N150" t="s">
+        <v>777</v>
+      </c>
+      <c r="O150" t="s">
+        <v>778</v>
+      </c>
+      <c r="P150" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>780</v>
+      </c>
+      <c r="B151" t="s">
+        <v>781</v>
+      </c>
+      <c r="C151" t="s">
+        <v>374</v>
+      </c>
+      <c r="D151" t="s">
+        <v>197</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>33</v>
+      </c>
+      <c r="G151" t="s">
+        <v>61</v>
+      </c>
+      <c r="H151">
+        <v>2000</v>
+      </c>
+      <c r="I151">
+        <v>2014</v>
+      </c>
+      <c r="J151" t="s">
         <v>513</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F145" t="s">
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>782</v>
+      </c>
+      <c r="M151" t="s">
+        <v>378</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>783</v>
+      </c>
+      <c r="P151" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>785</v>
+      </c>
+      <c r="B152" t="s">
+        <v>786</v>
+      </c>
+      <c r="C152" t="s">
+        <v>374</v>
+      </c>
+      <c r="D152" t="s">
+        <v>787</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>33</v>
+      </c>
+      <c r="G152" t="s">
+        <v>61</v>
+      </c>
+      <c r="H152">
+        <v>1997</v>
+      </c>
+      <c r="I152">
+        <v>2014</v>
+      </c>
+      <c r="J152" t="s">
+        <v>387</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>788</v>
+      </c>
+      <c r="M152" t="s">
+        <v>378</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>789</v>
+      </c>
+      <c r="P152" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>791</v>
+      </c>
+      <c r="B153" t="s">
+        <v>792</v>
+      </c>
+      <c r="C153" t="s">
+        <v>374</v>
+      </c>
+      <c r="D153" t="s">
+        <v>375</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2011</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>513</v>
+      </c>
+      <c r="K153" t="s">
+        <v>123</v>
+      </c>
+      <c r="L153" t="s">
+        <v>793</v>
+      </c>
+      <c r="M153" t="s">
+        <v>378</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>794</v>
+      </c>
+      <c r="P153" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>796</v>
+      </c>
+      <c r="B154" t="s">
+        <v>797</v>
+      </c>
+      <c r="C154" t="s">
+        <v>374</v>
+      </c>
+      <c r="D154" t="s">
+        <v>197</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>61</v>
+      </c>
+      <c r="H154">
+        <v>1994</v>
+      </c>
+      <c r="I154">
+        <v>2014</v>
+      </c>
+      <c r="J154" t="s">
+        <v>513</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>798</v>
+      </c>
+      <c r="M154" t="s">
+        <v>378</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>799</v>
+      </c>
+      <c r="P154" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>801</v>
+      </c>
+      <c r="B155" t="s">
+        <v>802</v>
+      </c>
+      <c r="C155" t="s">
+        <v>374</v>
+      </c>
+      <c r="D155" t="s">
+        <v>803</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>61</v>
+      </c>
+      <c r="H155">
+        <v>2002</v>
+      </c>
+      <c r="I155">
+        <v>2007</v>
+      </c>
+      <c r="J155" t="s">
+        <v>387</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>804</v>
+      </c>
+      <c r="M155" t="s">
+        <v>378</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>805</v>
+      </c>
+      <c r="P155" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>807</v>
+      </c>
+      <c r="B156" t="s">
+        <v>808</v>
+      </c>
+      <c r="C156" t="s">
+        <v>374</v>
+      </c>
+      <c r="D156" t="s">
+        <v>60</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2012</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>513</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>809</v>
+      </c>
+      <c r="M156" t="s">
+        <v>378</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>810</v>
+      </c>
+      <c r="P156" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>812</v>
+      </c>
+      <c r="B157" t="s">
+        <v>813</v>
+      </c>
+      <c r="C157" t="s">
+        <v>374</v>
+      </c>
+      <c r="D157" t="s">
+        <v>47</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>33</v>
+      </c>
+      <c r="G157" t="s">
+        <v>61</v>
+      </c>
+      <c r="H157">
+        <v>2010</v>
+      </c>
+      <c r="I157">
+        <v>2016</v>
+      </c>
+      <c r="J157" t="s">
+        <v>387</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>814</v>
+      </c>
+      <c r="M157" t="s">
+        <v>378</v>
+      </c>
+      <c r="N157" t="s">
+        <v>76</v>
+      </c>
+      <c r="O157" t="s">
+        <v>815</v>
+      </c>
+      <c r="P157" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>817</v>
+      </c>
+      <c r="B158" t="s">
+        <v>818</v>
+      </c>
+      <c r="C158" t="s">
+        <v>374</v>
+      </c>
+      <c r="D158" t="s">
+        <v>668</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>33</v>
+      </c>
+      <c r="G158" t="s">
+        <v>61</v>
+      </c>
+      <c r="H158">
+        <v>2008</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>387</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>819</v>
+      </c>
+      <c r="M158" t="s">
+        <v>378</v>
+      </c>
+      <c r="N158" t="s">
+        <v>76</v>
+      </c>
+      <c r="O158" t="s">
+        <v>820</v>
+      </c>
+      <c r="P158" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>822</v>
+      </c>
+      <c r="B159" t="s">
+        <v>823</v>
+      </c>
+      <c r="C159" t="s">
+        <v>374</v>
+      </c>
+      <c r="D159" t="s">
         <v>19</v>
       </c>
-      <c r="G145">
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>61</v>
+      </c>
+      <c r="H159">
+        <v>1995</v>
+      </c>
+      <c r="I159">
+        <v>2008</v>
+      </c>
+      <c r="J159" t="s">
+        <v>513</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>824</v>
+      </c>
+      <c r="M159" t="s">
+        <v>378</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>825</v>
+      </c>
+      <c r="P159" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>827</v>
+      </c>
+      <c r="B160" t="s">
+        <v>828</v>
+      </c>
+      <c r="C160" t="s">
+        <v>374</v>
+      </c>
+      <c r="D160" t="s">
+        <v>590</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>61</v>
+      </c>
+      <c r="H160">
+        <v>2008</v>
+      </c>
+      <c r="I160">
         <v>2014</v>
       </c>
-      <c r="H145"/>
-[...3 lines deleted...]
-      <c r="J145" t="s">
+      <c r="J160" t="s">
+        <v>387</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>829</v>
+      </c>
+      <c r="M160" t="s">
+        <v>378</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>830</v>
+      </c>
+      <c r="P160" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>832</v>
+      </c>
+      <c r="B161" t="s">
+        <v>833</v>
+      </c>
+      <c r="C161" t="s">
+        <v>374</v>
+      </c>
+      <c r="D161" t="s">
+        <v>19</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
         <v>21</v>
       </c>
-      <c r="K145"/>
-[...29 lines deleted...]
-      <c r="G146">
+      <c r="G161" t="s">
+        <v>61</v>
+      </c>
+      <c r="H161">
+        <v>1995</v>
+      </c>
+      <c r="I161">
+        <v>2010</v>
+      </c>
+      <c r="J161" t="s">
+        <v>67</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>834</v>
+      </c>
+      <c r="M161" t="s">
+        <v>378</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>835</v>
+      </c>
+      <c r="P161" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>837</v>
+      </c>
+      <c r="B162" t="s">
+        <v>838</v>
+      </c>
+      <c r="C162" t="s">
+        <v>374</v>
+      </c>
+      <c r="D162" t="s">
+        <v>839</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2013</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>387</v>
+      </c>
+      <c r="K162" t="s">
+        <v>123</v>
+      </c>
+      <c r="L162" t="s">
+        <v>840</v>
+      </c>
+      <c r="M162" t="s">
+        <v>378</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>841</v>
+      </c>
+      <c r="P162" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>843</v>
+      </c>
+      <c r="B163" t="s">
+        <v>844</v>
+      </c>
+      <c r="C163" t="s">
+        <v>374</v>
+      </c>
+      <c r="D163" t="s">
+        <v>19</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>61</v>
+      </c>
+      <c r="H163">
+        <v>1995</v>
+      </c>
+      <c r="I163">
+        <v>2016</v>
+      </c>
+      <c r="J163" t="s">
+        <v>387</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>378</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>845</v>
+      </c>
+      <c r="P163" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>847</v>
+      </c>
+      <c r="B164" t="s">
+        <v>848</v>
+      </c>
+      <c r="C164" t="s">
+        <v>374</v>
+      </c>
+      <c r="D164" t="s">
+        <v>448</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>33</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
         <v>2012</v>
       </c>
-      <c r="H146">
-[...5 lines deleted...]
-      <c r="J146" t="s">
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>513</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>849</v>
+      </c>
+      <c r="M164" t="s">
+        <v>378</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>850</v>
+      </c>
+      <c r="P164" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>852</v>
+      </c>
+      <c r="B165" t="s">
+        <v>853</v>
+      </c>
+      <c r="C165" t="s">
+        <v>374</v>
+      </c>
+      <c r="D165" t="s">
+        <v>322</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
         <v>21</v>
       </c>
-      <c r="K146" t="s">
-[...76 lines deleted...]
-      <c r="H148">
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
         <v>2014</v>
       </c>
-      <c r="I148" t="s">
-[...725 lines deleted...]
-      </c>
+      <c r="I165"/>
       <c r="J165" t="s">
-        <v>21</v>
+        <v>513</v>
       </c>
       <c r="K165" t="s">
-        <v>578</v>
+        <v>24</v>
       </c>
       <c r="L165" t="s">
-        <v>278</v>
+        <v>854</v>
       </c>
       <c r="M165" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N165" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>855</v>
+      </c>
+      <c r="P165" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>580</v>
+        <v>857</v>
       </c>
       <c r="B166" t="s">
-        <v>38</v>
+        <v>858</v>
       </c>
       <c r="C166" t="s">
-        <v>227</v>
+        <v>46</v>
       </c>
       <c r="D166" t="s">
-        <v>17</v>
+        <v>305</v>
       </c>
       <c r="E166" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>33</v>
+      </c>
+      <c r="G166" t="s">
+        <v>61</v>
       </c>
       <c r="H166">
         <v>2011</v>
       </c>
-      <c r="I166" t="s">
-        <v>40</v>
+      <c r="I166">
+        <v>2011</v>
       </c>
       <c r="J166" t="s">
+        <v>48</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>859</v>
+      </c>
+      <c r="M166" t="s">
+        <v>732</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>860</v>
+      </c>
+      <c r="P166" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>862</v>
+      </c>
+      <c r="B167" t="s">
+        <v>863</v>
+      </c>
+      <c r="C167" t="s">
+        <v>864</v>
+      </c>
+      <c r="D167" t="s">
+        <v>865</v>
+      </c>
+      <c r="E167" t="s">
+        <v>359</v>
+      </c>
+      <c r="F167" t="s">
+        <v>33</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2021</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>387</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>866</v>
+      </c>
+      <c r="M167" t="s">
+        <v>867</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>868</v>
+      </c>
+      <c r="P167"/>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>869</v>
+      </c>
+      <c r="B168" t="s">
+        <v>870</v>
+      </c>
+      <c r="C168" t="s">
+        <v>864</v>
+      </c>
+      <c r="D168" t="s">
+        <v>333</v>
+      </c>
+      <c r="E168" t="s">
+        <v>359</v>
+      </c>
+      <c r="F168" t="s">
+        <v>55</v>
+      </c>
+      <c r="G168" t="s">
+        <v>61</v>
+      </c>
+      <c r="H168">
+        <v>2002</v>
+      </c>
+      <c r="I168">
+        <v>2015</v>
+      </c>
+      <c r="J168" t="s">
+        <v>871</v>
+      </c>
+      <c r="K168" t="s">
+        <v>872</v>
+      </c>
+      <c r="L168" t="s">
+        <v>873</v>
+      </c>
+      <c r="M168" t="s">
+        <v>867</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>874</v>
+      </c>
+      <c r="P168" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>876</v>
+      </c>
+      <c r="B169" t="s">
+        <v>877</v>
+      </c>
+      <c r="C169" t="s">
+        <v>864</v>
+      </c>
+      <c r="D169" t="s">
+        <v>333</v>
+      </c>
+      <c r="E169" t="s">
+        <v>359</v>
+      </c>
+      <c r="F169" t="s">
+        <v>33</v>
+      </c>
+      <c r="G169" t="s">
+        <v>61</v>
+      </c>
+      <c r="H169">
+        <v>2013</v>
+      </c>
+      <c r="I169">
+        <v>2015</v>
+      </c>
+      <c r="J169" t="s">
+        <v>871</v>
+      </c>
+      <c r="K169" t="s">
+        <v>872</v>
+      </c>
+      <c r="L169" t="s">
+        <v>878</v>
+      </c>
+      <c r="M169" t="s">
+        <v>867</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>879</v>
+      </c>
+      <c r="P169" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>880</v>
+      </c>
+      <c r="B170" t="s">
+        <v>881</v>
+      </c>
+      <c r="C170" t="s">
+        <v>864</v>
+      </c>
+      <c r="D170" t="s">
+        <v>882</v>
+      </c>
+      <c r="E170" t="s">
+        <v>359</v>
+      </c>
+      <c r="F170" t="s">
+        <v>55</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2006</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>871</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>883</v>
+      </c>
+      <c r="M170" t="s">
+        <v>867</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>884</v>
+      </c>
+      <c r="P170" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>886</v>
+      </c>
+      <c r="B171" t="s">
+        <v>887</v>
+      </c>
+      <c r="C171" t="s">
+        <v>864</v>
+      </c>
+      <c r="D171" t="s">
+        <v>839</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>55</v>
+      </c>
+      <c r="G171" t="s">
+        <v>61</v>
+      </c>
+      <c r="H171">
+        <v>2011</v>
+      </c>
+      <c r="I171">
+        <v>2014</v>
+      </c>
+      <c r="J171" t="s">
+        <v>387</v>
+      </c>
+      <c r="K171" t="s">
+        <v>872</v>
+      </c>
+      <c r="L171" t="s">
+        <v>888</v>
+      </c>
+      <c r="M171" t="s">
+        <v>867</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>889</v>
+      </c>
+      <c r="P171" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>886</v>
+      </c>
+      <c r="B172" t="s">
+        <v>891</v>
+      </c>
+      <c r="C172" t="s">
+        <v>864</v>
+      </c>
+      <c r="D172" t="s">
+        <v>839</v>
+      </c>
+      <c r="E172" t="s">
+        <v>359</v>
+      </c>
+      <c r="F172" t="s">
+        <v>33</v>
+      </c>
+      <c r="G172" t="s">
+        <v>61</v>
+      </c>
+      <c r="H172">
+        <v>2015</v>
+      </c>
+      <c r="I172">
+        <v>2017</v>
+      </c>
+      <c r="J172" t="s">
+        <v>387</v>
+      </c>
+      <c r="K172" t="s">
+        <v>872</v>
+      </c>
+      <c r="L172" t="s">
+        <v>892</v>
+      </c>
+      <c r="M172" t="s">
+        <v>867</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>893</v>
+      </c>
+      <c r="P172" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>894</v>
+      </c>
+      <c r="B173" t="s">
+        <v>895</v>
+      </c>
+      <c r="C173" t="s">
+        <v>864</v>
+      </c>
+      <c r="D173" t="s">
+        <v>107</v>
+      </c>
+      <c r="E173" t="s">
+        <v>359</v>
+      </c>
+      <c r="F173" t="s">
+        <v>33</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2015</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>387</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>896</v>
+      </c>
+      <c r="M173" t="s">
+        <v>867</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>897</v>
+      </c>
+      <c r="P173" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>898</v>
+      </c>
+      <c r="B174" t="s">
+        <v>899</v>
+      </c>
+      <c r="C174" t="s">
+        <v>864</v>
+      </c>
+      <c r="D174" t="s">
+        <v>107</v>
+      </c>
+      <c r="E174" t="s">
+        <v>359</v>
+      </c>
+      <c r="F174" t="s">
+        <v>55</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2015</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>871</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>900</v>
+      </c>
+      <c r="M174" t="s">
+        <v>867</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>901</v>
+      </c>
+      <c r="P174" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>903</v>
+      </c>
+      <c r="B175" t="s">
+        <v>904</v>
+      </c>
+      <c r="C175" t="s">
+        <v>864</v>
+      </c>
+      <c r="D175" t="s">
+        <v>157</v>
+      </c>
+      <c r="E175" t="s">
+        <v>359</v>
+      </c>
+      <c r="F175" t="s">
+        <v>33</v>
+      </c>
+      <c r="G175" t="s">
+        <v>61</v>
+      </c>
+      <c r="H175">
+        <v>2011</v>
+      </c>
+      <c r="I175">
+        <v>2021</v>
+      </c>
+      <c r="J175" t="s">
+        <v>387</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>905</v>
+      </c>
+      <c r="M175" t="s">
+        <v>867</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>906</v>
+      </c>
+      <c r="P175" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>908</v>
+      </c>
+      <c r="B176" t="s">
+        <v>909</v>
+      </c>
+      <c r="C176" t="s">
+        <v>864</v>
+      </c>
+      <c r="D176" t="s">
+        <v>60</v>
+      </c>
+      <c r="E176" t="s">
+        <v>359</v>
+      </c>
+      <c r="F176" t="s">
+        <v>55</v>
+      </c>
+      <c r="G176" t="s">
+        <v>61</v>
+      </c>
+      <c r="H176">
+        <v>2002</v>
+      </c>
+      <c r="I176">
+        <v>2021</v>
+      </c>
+      <c r="J176" t="s">
+        <v>387</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>910</v>
+      </c>
+      <c r="M176" t="s">
+        <v>867</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>911</v>
+      </c>
+      <c r="P176" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>913</v>
+      </c>
+      <c r="B177" t="s">
+        <v>914</v>
+      </c>
+      <c r="C177" t="s">
+        <v>864</v>
+      </c>
+      <c r="D177" t="s">
+        <v>915</v>
+      </c>
+      <c r="E177" t="s">
+        <v>359</v>
+      </c>
+      <c r="F177" t="s">
+        <v>55</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2021</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>387</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>916</v>
+      </c>
+      <c r="M177" t="s">
+        <v>867</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>917</v>
+      </c>
+      <c r="P177" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>919</v>
+      </c>
+      <c r="B178" t="s">
+        <v>920</v>
+      </c>
+      <c r="C178" t="s">
+        <v>864</v>
+      </c>
+      <c r="D178" t="s">
+        <v>921</v>
+      </c>
+      <c r="E178" t="s">
+        <v>359</v>
+      </c>
+      <c r="F178" t="s">
+        <v>55</v>
+      </c>
+      <c r="G178" t="s">
+        <v>922</v>
+      </c>
+      <c r="H178">
+        <v>2021</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>387</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>923</v>
+      </c>
+      <c r="M178" t="s">
+        <v>867</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>924</v>
+      </c>
+      <c r="P178" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>926</v>
+      </c>
+      <c r="B179" t="s">
+        <v>927</v>
+      </c>
+      <c r="C179" t="s">
+        <v>864</v>
+      </c>
+      <c r="D179" t="s">
+        <v>166</v>
+      </c>
+      <c r="E179" t="s">
+        <v>359</v>
+      </c>
+      <c r="F179" t="s">
+        <v>33</v>
+      </c>
+      <c r="G179" t="s">
+        <v>61</v>
+      </c>
+      <c r="H179">
+        <v>2011</v>
+      </c>
+      <c r="I179">
+        <v>2021</v>
+      </c>
+      <c r="J179" t="s">
+        <v>387</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>905</v>
+      </c>
+      <c r="M179" t="s">
+        <v>867</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>928</v>
+      </c>
+      <c r="P179" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>930</v>
+      </c>
+      <c r="B180" t="s">
+        <v>931</v>
+      </c>
+      <c r="C180" t="s">
+        <v>864</v>
+      </c>
+      <c r="D180" t="s">
+        <v>60</v>
+      </c>
+      <c r="E180" t="s">
+        <v>359</v>
+      </c>
+      <c r="F180" t="s">
+        <v>33</v>
+      </c>
+      <c r="G180" t="s">
+        <v>61</v>
+      </c>
+      <c r="H180">
+        <v>2011</v>
+      </c>
+      <c r="I180">
+        <v>2021</v>
+      </c>
+      <c r="J180" t="s">
+        <v>387</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" t="s">
+        <v>932</v>
+      </c>
+      <c r="M180" t="s">
+        <v>867</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>933</v>
+      </c>
+      <c r="P180" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>935</v>
+      </c>
+      <c r="B181" t="s">
+        <v>936</v>
+      </c>
+      <c r="C181" t="s">
+        <v>864</v>
+      </c>
+      <c r="D181" t="s">
+        <v>89</v>
+      </c>
+      <c r="E181" t="s">
+        <v>359</v>
+      </c>
+      <c r="F181" t="s">
+        <v>33</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2021</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>387</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
+        <v>937</v>
+      </c>
+      <c r="M181" t="s">
+        <v>867</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>938</v>
+      </c>
+      <c r="P181" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>940</v>
+      </c>
+      <c r="B182" t="s">
+        <v>941</v>
+      </c>
+      <c r="C182" t="s">
+        <v>864</v>
+      </c>
+      <c r="D182" t="s">
+        <v>921</v>
+      </c>
+      <c r="E182" t="s">
+        <v>359</v>
+      </c>
+      <c r="F182" t="s">
+        <v>942</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2021</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>387</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>923</v>
+      </c>
+      <c r="M182" t="s">
+        <v>867</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>943</v>
+      </c>
+      <c r="P182" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>945</v>
+      </c>
+      <c r="B183" t="s">
+        <v>946</v>
+      </c>
+      <c r="C183" t="s">
+        <v>864</v>
+      </c>
+      <c r="D183" t="s">
+        <v>157</v>
+      </c>
+      <c r="E183" t="s">
+        <v>359</v>
+      </c>
+      <c r="F183" t="s">
+        <v>55</v>
+      </c>
+      <c r="G183" t="s">
+        <v>61</v>
+      </c>
+      <c r="H183">
+        <v>2002</v>
+      </c>
+      <c r="I183">
+        <v>2021</v>
+      </c>
+      <c r="J183" t="s">
+        <v>387</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>947</v>
+      </c>
+      <c r="M183" t="s">
+        <v>867</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>948</v>
+      </c>
+      <c r="P183" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>950</v>
+      </c>
+      <c r="B184" t="s">
+        <v>951</v>
+      </c>
+      <c r="C184" t="s">
+        <v>864</v>
+      </c>
+      <c r="D184" t="s">
+        <v>166</v>
+      </c>
+      <c r="E184" t="s">
+        <v>359</v>
+      </c>
+      <c r="F184" t="s">
+        <v>55</v>
+      </c>
+      <c r="G184" t="s">
+        <v>61</v>
+      </c>
+      <c r="H184">
+        <v>2002</v>
+      </c>
+      <c r="I184">
+        <v>2021</v>
+      </c>
+      <c r="J184" t="s">
+        <v>387</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>952</v>
+      </c>
+      <c r="M184" t="s">
+        <v>867</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>953</v>
+      </c>
+      <c r="P184" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>955</v>
+      </c>
+      <c r="B185" t="s">
+        <v>956</v>
+      </c>
+      <c r="C185" t="s">
+        <v>864</v>
+      </c>
+      <c r="D185" t="s">
+        <v>181</v>
+      </c>
+      <c r="E185" t="s">
+        <v>359</v>
+      </c>
+      <c r="F185" t="s">
+        <v>55</v>
+      </c>
+      <c r="G185" t="s">
+        <v>61</v>
+      </c>
+      <c r="H185">
+        <v>2002</v>
+      </c>
+      <c r="I185">
+        <v>2021</v>
+      </c>
+      <c r="J185" t="s">
+        <v>387</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>957</v>
+      </c>
+      <c r="M185" t="s">
+        <v>867</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>958</v>
+      </c>
+      <c r="P185" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>960</v>
+      </c>
+      <c r="B186" t="s">
+        <v>961</v>
+      </c>
+      <c r="C186" t="s">
+        <v>864</v>
+      </c>
+      <c r="D186" t="s">
+        <v>962</v>
+      </c>
+      <c r="E186" t="s">
+        <v>359</v>
+      </c>
+      <c r="F186" t="s">
+        <v>33</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2021</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>387</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>963</v>
+      </c>
+      <c r="M186" t="s">
+        <v>867</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>964</v>
+      </c>
+      <c r="P186"/>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>960</v>
+      </c>
+      <c r="B187" t="s">
+        <v>961</v>
+      </c>
+      <c r="C187" t="s">
+        <v>864</v>
+      </c>
+      <c r="D187" t="s">
+        <v>962</v>
+      </c>
+      <c r="E187" t="s">
+        <v>359</v>
+      </c>
+      <c r="F187" t="s">
+        <v>33</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2021</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>387</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>963</v>
+      </c>
+      <c r="M187" t="s">
+        <v>867</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>965</v>
+      </c>
+      <c r="P187"/>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>966</v>
+      </c>
+      <c r="B188" t="s">
+        <v>967</v>
+      </c>
+      <c r="C188" t="s">
+        <v>864</v>
+      </c>
+      <c r="D188" t="s">
+        <v>54</v>
+      </c>
+      <c r="E188" t="s">
+        <v>359</v>
+      </c>
+      <c r="F188" t="s">
+        <v>55</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2022</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>387</v>
+      </c>
+      <c r="K188" t="s">
+        <v>968</v>
+      </c>
+      <c r="L188" t="s">
+        <v>969</v>
+      </c>
+      <c r="M188" t="s">
+        <v>867</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>970</v>
+      </c>
+      <c r="P188" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>972</v>
+      </c>
+      <c r="B189" t="s">
+        <v>973</v>
+      </c>
+      <c r="C189" t="s">
+        <v>864</v>
+      </c>
+      <c r="D189" t="s">
+        <v>974</v>
+      </c>
+      <c r="E189" t="s">
+        <v>359</v>
+      </c>
+      <c r="F189" t="s">
+        <v>55</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2022</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>387</v>
+      </c>
+      <c r="K189" t="s">
+        <v>975</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>867</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>976</v>
+      </c>
+      <c r="P189" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>978</v>
+      </c>
+      <c r="B190" t="s">
+        <v>979</v>
+      </c>
+      <c r="C190" t="s">
+        <v>864</v>
+      </c>
+      <c r="D190" t="s">
+        <v>54</v>
+      </c>
+      <c r="E190" t="s">
+        <v>359</v>
+      </c>
+      <c r="F190" t="s">
+        <v>33</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2022</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>387</v>
+      </c>
+      <c r="K190" t="s">
+        <v>980</v>
+      </c>
+      <c r="L190" t="s">
+        <v>981</v>
+      </c>
+      <c r="M190" t="s">
+        <v>867</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>982</v>
+      </c>
+      <c r="P190" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>984</v>
+      </c>
+      <c r="B191" t="s">
+        <v>985</v>
+      </c>
+      <c r="C191" t="s">
+        <v>864</v>
+      </c>
+      <c r="D191" t="s">
+        <v>974</v>
+      </c>
+      <c r="E191" t="s">
+        <v>359</v>
+      </c>
+      <c r="F191" t="s">
+        <v>33</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2022</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>387</v>
+      </c>
+      <c r="K191" t="s">
+        <v>986</v>
+      </c>
+      <c r="L191" t="s">
+        <v>987</v>
+      </c>
+      <c r="M191" t="s">
+        <v>867</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>988</v>
+      </c>
+      <c r="P191" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>990</v>
+      </c>
+      <c r="B192" t="s">
+        <v>991</v>
+      </c>
+      <c r="C192" t="s">
+        <v>864</v>
+      </c>
+      <c r="D192" t="s">
+        <v>974</v>
+      </c>
+      <c r="E192" t="s">
+        <v>359</v>
+      </c>
+      <c r="F192" t="s">
+        <v>33</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2022</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>387</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192" t="s">
+        <v>992</v>
+      </c>
+      <c r="M192" t="s">
+        <v>867</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>993</v>
+      </c>
+      <c r="P192" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>995</v>
+      </c>
+      <c r="B193" t="s">
+        <v>996</v>
+      </c>
+      <c r="C193" t="s">
+        <v>864</v>
+      </c>
+      <c r="D193" t="s">
+        <v>122</v>
+      </c>
+      <c r="E193" t="s">
+        <v>359</v>
+      </c>
+      <c r="F193" t="s">
+        <v>360</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>2008</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>871</v>
+      </c>
+      <c r="K193" t="s">
+        <v>997</v>
+      </c>
+      <c r="L193" t="s">
+        <v>998</v>
+      </c>
+      <c r="M193" t="s">
+        <v>867</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>999</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C194" t="s">
+        <v>864</v>
+      </c>
+      <c r="D194" t="s">
+        <v>358</v>
+      </c>
+      <c r="E194" t="s">
+        <v>359</v>
+      </c>
+      <c r="F194" t="s">
+        <v>55</v>
+      </c>
+      <c r="G194" t="s">
+        <v>61</v>
+      </c>
+      <c r="H194">
+        <v>2012</v>
+      </c>
+      <c r="I194">
+        <v>2015</v>
+      </c>
+      <c r="J194" t="s">
+        <v>871</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1003</v>
+      </c>
+      <c r="M194" t="s">
+        <v>867</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D195" t="s">
+        <v>60</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
         <v>21</v>
       </c>
-      <c r="K166" t="s">
-[...28 lines deleted...]
-      <c r="F167" t="s">
+      <c r="G195" t="s">
+        <v>61</v>
+      </c>
+      <c r="H195">
+        <v>2013</v>
+      </c>
+      <c r="I195">
+        <v>2020</v>
+      </c>
+      <c r="J195" t="s">
+        <v>224</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1009</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1010</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1011</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D196" t="s">
         <v>19</v>
       </c>
-      <c r="G167">
-[...6 lines deleted...]
-      <c r="J167" t="s">
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
         <v>21</v>
       </c>
-      <c r="K167" t="s">
-[...34 lines deleted...]
-      <c r="H168">
+      <c r="G196" t="s">
+        <v>61</v>
+      </c>
+      <c r="H196">
+        <v>2011</v>
+      </c>
+      <c r="I196">
+        <v>2019</v>
+      </c>
+      <c r="J196" t="s">
+        <v>224</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1015</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1010</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1016</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2013</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>466</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1010</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D198" t="s">
+        <v>122</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" t="s">
+        <v>61</v>
+      </c>
+      <c r="H198">
+        <v>2014</v>
+      </c>
+      <c r="I198">
         <v>2015</v>
       </c>
-      <c r="I168" t="s">
-[...88 lines deleted...]
-      <c r="J170" t="s">
+      <c r="J198" t="s">
+        <v>466</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>1010</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1026</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D199" t="s">
+        <v>117</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
         <v>21</v>
       </c>
-      <c r="K170" t="s">
-[...34 lines deleted...]
-      <c r="H171">
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2014</v>
+      </c>
+      <c r="I199">
+        <v>2019</v>
+      </c>
+      <c r="J199" t="s">
+        <v>224</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>1010</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D200" t="s">
+        <v>157</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>2016</v>
+      </c>
+      <c r="I200">
+        <v>2018</v>
+      </c>
+      <c r="J200" t="s">
+        <v>224</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200"/>
+      <c r="M200" t="s">
+        <v>1010</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D201" t="s">
+        <v>197</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>21</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
         <v>2017</v>
       </c>
-      <c r="I171" t="s">
-[...88 lines deleted...]
-      <c r="J173" t="s">
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>466</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>1010</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D202" t="s">
+        <v>358</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
         <v>21</v>
       </c>
-      <c r="K173" t="s">
-[...974 lines deleted...]
-      <c r="H196">
+      <c r="G202" t="s">
+        <v>61</v>
+      </c>
+      <c r="H202">
+        <v>2016</v>
+      </c>
+      <c r="I202">
         <v>2019</v>
       </c>
-      <c r="I196" t="s">
-[...253 lines deleted...]
-      </c>
       <c r="J202" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
       <c r="M202" t="s">
-        <v>24</v>
+        <v>1010</v>
       </c>
       <c r="N202" t="s">
-        <v>699</v>
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1041</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1042</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>