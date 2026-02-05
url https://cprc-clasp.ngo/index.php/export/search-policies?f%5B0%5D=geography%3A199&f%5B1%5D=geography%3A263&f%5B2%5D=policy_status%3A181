--- v1 (2025-12-04)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1043">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1034">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1273,60 +1273,67 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...8 lines deleted...]
-    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+    <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
+  </si>
+  <si>
+    <t>NOM-008-SE-2021
+,   
+                    IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
+,   
+                    IEEE 114-2010-IEEE</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
     <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
   </si>
@@ -2438,102 +2445,72 @@
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...31 lines deleted...]
-  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -3530,65 +3507,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P202"/>
+  <dimension ref="A1:P200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -7237,6235 +7214,6137 @@
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>412</v>
       </c>
       <c r="B76" t="s">
         <v>413</v>
       </c>
       <c r="C76" t="s">
         <v>374</v>
       </c>
       <c r="D76" t="s">
         <v>206</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>33</v>
       </c>
       <c r="G76" t="s">
         <v>61</v>
       </c>
       <c r="H76">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="I76">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="J76" t="s">
-        <v>387</v>
+        <v>376</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="L76"/>
+      <c r="L76" t="s">
+        <v>414</v>
+      </c>
       <c r="M76" t="s">
         <v>378</v>
       </c>
       <c r="N76" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P76" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B77" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C77" t="s">
         <v>374</v>
       </c>
       <c r="D77" t="s">
         <v>60</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>33</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2018</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>387</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="M77" t="s">
         <v>378</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="P77" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B78" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C78" t="s">
         <v>374</v>
       </c>
       <c r="D78" t="s">
         <v>181</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>33</v>
       </c>
       <c r="G78" t="s">
         <v>61</v>
       </c>
       <c r="H78">
         <v>2012</v>
       </c>
       <c r="I78">
         <v>2013</v>
       </c>
       <c r="J78" t="s">
         <v>387</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="M78" t="s">
         <v>378</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="P78" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B79" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C79" t="s">
         <v>374</v>
       </c>
       <c r="D79" t="s">
         <v>19</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>33</v>
       </c>
       <c r="G79" t="s">
         <v>61</v>
       </c>
       <c r="H79">
         <v>1995</v>
       </c>
       <c r="I79">
         <v>2017</v>
       </c>
       <c r="J79" t="s">
         <v>387</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="M79" t="s">
         <v>378</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="P79" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B80" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C80" t="s">
         <v>374</v>
       </c>
       <c r="D80" t="s">
         <v>19</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>33</v>
       </c>
       <c r="G80" t="s">
         <v>61</v>
       </c>
       <c r="H80">
         <v>1995</v>
       </c>
       <c r="I80">
         <v>2018</v>
       </c>
       <c r="J80" t="s">
         <v>387</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>378</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="P80" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B81"/>
       <c r="C81" t="s">
         <v>374</v>
       </c>
       <c r="D81" t="s">
         <v>375</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>33</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2018</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>387</v>
       </c>
       <c r="K81" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="L81" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="M81" t="s">
         <v>378</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="P81" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B82" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C82" t="s">
         <v>374</v>
       </c>
       <c r="D82" t="s">
         <v>231</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>33</v>
       </c>
       <c r="G82" t="s">
         <v>61</v>
       </c>
       <c r="H82">
         <v>2010</v>
       </c>
       <c r="I82">
         <v>2018</v>
       </c>
       <c r="J82" t="s">
         <v>387</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="M82" t="s">
         <v>378</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P82" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B83" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C83" t="s">
         <v>374</v>
       </c>
       <c r="D83" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>33</v>
       </c>
       <c r="G83" t="s">
         <v>61</v>
       </c>
       <c r="H83">
         <v>2012</v>
       </c>
       <c r="I83">
         <v>2017</v>
       </c>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="M83" t="s">
         <v>378</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="P83" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B84" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C84" t="s">
         <v>374</v>
       </c>
       <c r="D84" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>33</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2021</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>387</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="M84" t="s">
         <v>378</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P84" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B85" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C85" t="s">
         <v>374</v>
       </c>
       <c r="D85" t="s">
         <v>206</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>33</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2021</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>387</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N85" t="s">
         <v>76</v>
       </c>
       <c r="O85" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P85" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B86" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C86" t="s">
         <v>31</v>
       </c>
       <c r="D86" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E86" t="s">
         <v>359</v>
       </c>
       <c r="F86" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86"/>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>361</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M86" t="s">
         <v>35</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="P86" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B87" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C87" t="s">
         <v>352</v>
       </c>
       <c r="D87" t="s">
         <v>19</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>61</v>
       </c>
       <c r="H87">
         <v>2015</v>
       </c>
       <c r="I87">
         <v>2018</v>
       </c>
       <c r="J87" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="M87" t="s">
         <v>353</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="P87" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B88" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C88" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D88" t="s">
         <v>19</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>61</v>
       </c>
       <c r="H88">
         <v>2013</v>
       </c>
       <c r="I88">
         <v>2018</v>
       </c>
       <c r="J88" t="s">
         <v>23</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="M88" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="P88" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B89" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C89" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D89" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>61</v>
       </c>
       <c r="H89">
         <v>2016</v>
       </c>
       <c r="I89">
         <v>2019</v>
       </c>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="P89" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B90" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C90" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D90" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>33</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2016</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="P90" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B91" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C91" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D91" t="s">
         <v>333</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>61</v>
       </c>
       <c r="H91">
         <v>2018</v>
       </c>
       <c r="I91">
         <v>2018</v>
       </c>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="P91" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B92" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C92" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D92" t="s">
         <v>375</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>61</v>
       </c>
       <c r="H92">
         <v>2018</v>
       </c>
       <c r="I92">
         <v>2018</v>
       </c>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="P92" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B93" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C93" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D93" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>61</v>
       </c>
       <c r="H93">
         <v>2007</v>
       </c>
       <c r="I93">
         <v>2018</v>
       </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="M93" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="P93" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B94" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C94" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D94" t="s">
         <v>60</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>61</v>
       </c>
       <c r="H94">
         <v>2007</v>
       </c>
       <c r="I94">
         <v>2018</v>
       </c>
       <c r="J94" t="s">
         <v>23</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="M94" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="P94" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B95" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C95" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D95" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>61</v>
       </c>
       <c r="H95">
         <v>2016</v>
       </c>
       <c r="I95">
         <v>2019</v>
       </c>
       <c r="J95" t="s">
         <v>23</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="P95" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B96" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C96" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D96" t="s">
         <v>47</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>33</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2016</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>67</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="M96" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="P96" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B97" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C97" t="s">
         <v>374</v>
       </c>
       <c r="D97" t="s">
         <v>60</v>
       </c>
       <c r="E97" t="s">
         <v>359</v>
       </c>
       <c r="F97" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G97" t="s">
         <v>61</v>
       </c>
       <c r="H97">
         <v>2000</v>
       </c>
       <c r="I97">
         <v>2020</v>
       </c>
       <c r="J97" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="M97" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="P97" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B98" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C98" t="s">
         <v>374</v>
       </c>
       <c r="D98" t="s">
         <v>181</v>
       </c>
       <c r="E98" t="s">
         <v>359</v>
       </c>
       <c r="F98" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G98" t="s">
         <v>61</v>
       </c>
       <c r="H98">
         <v>2010</v>
       </c>
       <c r="I98">
         <v>2022</v>
       </c>
       <c r="J98" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="M98" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="P98" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B99" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C99" t="s">
         <v>374</v>
       </c>
       <c r="D99" t="s">
         <v>19</v>
       </c>
       <c r="E99" t="s">
         <v>359</v>
       </c>
       <c r="F99" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G99" t="s">
         <v>61</v>
       </c>
       <c r="H99">
         <v>2010</v>
       </c>
       <c r="I99">
         <v>2017</v>
       </c>
       <c r="J99" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="M99" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="P99" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B100" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C100" t="s">
         <v>374</v>
       </c>
       <c r="D100" t="s">
         <v>47</v>
       </c>
       <c r="E100" t="s">
         <v>359</v>
       </c>
       <c r="F100" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G100" t="s">
         <v>61</v>
       </c>
       <c r="H100">
         <v>1994</v>
       </c>
       <c r="I100">
         <v>2012</v>
       </c>
       <c r="J100" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="M100" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N100" t="s">
         <v>76</v>
       </c>
       <c r="O100" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="P100" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B101" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C101" t="s">
         <v>374</v>
       </c>
       <c r="D101" t="s">
         <v>181</v>
       </c>
       <c r="E101" t="s">
         <v>359</v>
       </c>
       <c r="F101" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G101" t="s">
         <v>61</v>
       </c>
       <c r="H101">
         <v>1995</v>
       </c>
       <c r="I101">
         <v>2013</v>
       </c>
       <c r="J101" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="M101" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P101" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B102" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C102" t="s">
         <v>374</v>
       </c>
       <c r="D102" t="s">
         <v>112</v>
       </c>
       <c r="E102" t="s">
         <v>359</v>
       </c>
       <c r="F102" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G102" t="s">
         <v>61</v>
       </c>
       <c r="H102">
         <v>1996</v>
       </c>
       <c r="I102">
         <v>2012</v>
       </c>
       <c r="J102" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M102" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="P102" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B103" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C103" t="s">
         <v>374</v>
       </c>
       <c r="D103" t="s">
         <v>112</v>
       </c>
       <c r="E103" t="s">
         <v>359</v>
       </c>
       <c r="F103" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G103" t="s">
         <v>61</v>
       </c>
       <c r="H103">
         <v>1996</v>
       </c>
       <c r="I103">
         <v>2012</v>
       </c>
       <c r="J103" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M103" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P103" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B104" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C104" t="s">
         <v>374</v>
       </c>
       <c r="D104" t="s">
         <v>218</v>
       </c>
       <c r="E104" t="s">
         <v>359</v>
       </c>
       <c r="F104" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G104" t="s">
         <v>61</v>
       </c>
       <c r="H104">
         <v>1996</v>
       </c>
       <c r="I104">
         <v>2012</v>
       </c>
       <c r="J104" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="M104" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="P104" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B105" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C105" t="s">
         <v>374</v>
       </c>
       <c r="D105" t="s">
         <v>181</v>
       </c>
       <c r="E105" t="s">
         <v>359</v>
       </c>
       <c r="F105" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G105" t="s">
         <v>61</v>
       </c>
       <c r="H105">
         <v>1996</v>
       </c>
       <c r="I105">
         <v>2015</v>
       </c>
       <c r="J105" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="M105" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="P105" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B106" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C106" t="s">
         <v>374</v>
       </c>
       <c r="D106" t="s">
         <v>218</v>
       </c>
       <c r="E106" t="s">
         <v>359</v>
       </c>
       <c r="F106" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G106" t="s">
         <v>61</v>
       </c>
       <c r="H106">
         <v>1996</v>
       </c>
       <c r="I106">
         <v>2013</v>
       </c>
       <c r="J106" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="M106" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P106" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B107" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C107" t="s">
         <v>374</v>
       </c>
       <c r="D107" t="s">
         <v>218</v>
       </c>
       <c r="E107" t="s">
         <v>359</v>
       </c>
       <c r="F107" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G107" t="s">
         <v>61</v>
       </c>
       <c r="H107">
         <v>1997</v>
       </c>
       <c r="I107">
         <v>2012</v>
       </c>
       <c r="J107" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="M107" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="P107" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B108" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C108" t="s">
         <v>374</v>
       </c>
       <c r="D108" t="s">
         <v>181</v>
       </c>
       <c r="E108" t="s">
         <v>359</v>
       </c>
       <c r="F108" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G108" t="s">
         <v>61</v>
       </c>
       <c r="H108">
         <v>1998</v>
       </c>
       <c r="I108">
         <v>2012</v>
       </c>
       <c r="J108" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="M108" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="P108" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B109" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C109" t="s">
         <v>374</v>
       </c>
       <c r="D109" t="s">
         <v>19</v>
       </c>
       <c r="E109" t="s">
         <v>359</v>
       </c>
       <c r="F109" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G109" t="s">
         <v>61</v>
       </c>
       <c r="H109">
         <v>1998</v>
       </c>
       <c r="I109">
         <v>2012</v>
       </c>
       <c r="J109" t="s">
         <v>67</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="M109" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="P109" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B110" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C110" t="s">
         <v>374</v>
       </c>
       <c r="D110" t="s">
         <v>206</v>
       </c>
       <c r="E110" t="s">
         <v>359</v>
       </c>
       <c r="F110" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G110" t="s">
         <v>61</v>
       </c>
       <c r="H110">
         <v>1999</v>
       </c>
       <c r="I110">
         <v>2012</v>
       </c>
       <c r="J110" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="M110" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="P110" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B111" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C111" t="s">
         <v>374</v>
       </c>
       <c r="D111" t="s">
         <v>166</v>
       </c>
       <c r="E111" t="s">
         <v>359</v>
       </c>
       <c r="F111" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G111" t="s">
         <v>61</v>
       </c>
       <c r="H111">
         <v>2000</v>
       </c>
       <c r="I111">
         <v>2012</v>
       </c>
       <c r="J111" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="M111" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="P111" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B112" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C112" t="s">
         <v>374</v>
       </c>
       <c r="D112" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="E112" t="s">
         <v>359</v>
       </c>
       <c r="F112" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G112" t="s">
         <v>61</v>
       </c>
       <c r="H112">
         <v>2001</v>
       </c>
       <c r="I112">
         <v>2015</v>
       </c>
       <c r="J112" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="M112" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="P112" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B113" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C113" t="s">
         <v>374</v>
       </c>
       <c r="D113" t="s">
         <v>197</v>
       </c>
       <c r="E113" t="s">
         <v>359</v>
       </c>
       <c r="F113" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G113" t="s">
         <v>61</v>
       </c>
       <c r="H113">
         <v>2002</v>
       </c>
       <c r="I113">
         <v>2012</v>
       </c>
       <c r="J113" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="M113" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="P113" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B114" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C114" t="s">
         <v>374</v>
       </c>
       <c r="D114" t="s">
         <v>218</v>
       </c>
       <c r="E114" t="s">
         <v>359</v>
       </c>
       <c r="F114" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G114" t="s">
         <v>61</v>
       </c>
       <c r="H114">
         <v>2003</v>
       </c>
       <c r="I114">
         <v>2013</v>
       </c>
       <c r="J114" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="M114" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="P114" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B115" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C115" t="s">
         <v>374</v>
       </c>
       <c r="D115" t="s">
         <v>19</v>
       </c>
       <c r="E115" t="s">
         <v>359</v>
       </c>
       <c r="F115" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G115" t="s">
         <v>61</v>
       </c>
       <c r="H115">
         <v>1998</v>
       </c>
       <c r="I115">
         <v>2012</v>
       </c>
       <c r="J115" t="s">
         <v>67</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="M115" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="P115" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B116" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C116" t="s">
         <v>374</v>
       </c>
       <c r="D116" t="s">
         <v>305</v>
       </c>
       <c r="E116" t="s">
         <v>359</v>
       </c>
       <c r="F116" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G116" t="s">
         <v>61</v>
       </c>
       <c r="H116">
         <v>2003</v>
       </c>
       <c r="I116">
         <v>2012</v>
       </c>
       <c r="J116" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="M116" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="P116" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B117" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C117" t="s">
         <v>374</v>
       </c>
       <c r="D117" t="s">
         <v>181</v>
       </c>
       <c r="E117" t="s">
         <v>359</v>
       </c>
       <c r="F117" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G117" t="s">
         <v>61</v>
       </c>
       <c r="H117">
         <v>2004</v>
       </c>
       <c r="I117">
         <v>2012</v>
       </c>
       <c r="J117" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="M117" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N117" t="s">
         <v>76</v>
       </c>
       <c r="O117" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P117" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B118" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C118" t="s">
         <v>374</v>
       </c>
       <c r="D118" t="s">
         <v>218</v>
       </c>
       <c r="E118" t="s">
         <v>359</v>
       </c>
       <c r="F118" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G118" t="s">
         <v>61</v>
       </c>
       <c r="H118">
         <v>2004</v>
       </c>
       <c r="I118">
         <v>2012</v>
       </c>
       <c r="J118" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="M118" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="P118" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B119" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C119" t="s">
         <v>374</v>
       </c>
       <c r="D119" t="s">
         <v>218</v>
       </c>
       <c r="E119" t="s">
         <v>359</v>
       </c>
       <c r="F119" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G119" t="s">
         <v>61</v>
       </c>
       <c r="H119">
         <v>2004</v>
       </c>
       <c r="I119">
         <v>2012</v>
       </c>
       <c r="J119" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="M119" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="P119" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B120" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C120" t="s">
         <v>374</v>
       </c>
       <c r="D120" t="s">
         <v>197</v>
       </c>
       <c r="E120" t="s">
         <v>359</v>
       </c>
       <c r="F120" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G120" t="s">
         <v>61</v>
       </c>
       <c r="H120">
         <v>2004</v>
       </c>
       <c r="I120">
         <v>2012</v>
       </c>
       <c r="J120" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="M120" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="P120" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B121" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C121" t="s">
         <v>374</v>
       </c>
       <c r="D121" t="s">
         <v>112</v>
       </c>
       <c r="E121" t="s">
         <v>359</v>
       </c>
       <c r="F121" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G121" t="s">
         <v>61</v>
       </c>
       <c r="H121">
         <v>2004</v>
       </c>
       <c r="I121">
         <v>2012</v>
       </c>
       <c r="J121" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M121" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="P121" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B122" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C122" t="s">
         <v>374</v>
       </c>
       <c r="D122" t="s">
         <v>112</v>
       </c>
       <c r="E122" t="s">
         <v>359</v>
       </c>
       <c r="F122" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G122" t="s">
         <v>61</v>
       </c>
       <c r="H122">
         <v>2005</v>
       </c>
       <c r="I122">
         <v>2012</v>
       </c>
       <c r="J122" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="M122" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="P122" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B123" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C123" t="s">
         <v>374</v>
       </c>
       <c r="D123" t="s">
         <v>218</v>
       </c>
       <c r="E123" t="s">
         <v>359</v>
       </c>
       <c r="F123" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G123" t="s">
         <v>61</v>
       </c>
       <c r="H123">
         <v>2005</v>
       </c>
       <c r="I123">
         <v>2012</v>
       </c>
       <c r="J123" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="M123" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="P123" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B124" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C124" t="s">
         <v>374</v>
       </c>
       <c r="D124" t="s">
         <v>112</v>
       </c>
       <c r="E124" t="s">
         <v>359</v>
       </c>
       <c r="F124" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G124" t="s">
         <v>61</v>
       </c>
       <c r="H124">
         <v>2007</v>
       </c>
       <c r="I124">
         <v>2012</v>
       </c>
       <c r="J124" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="M124" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="P124" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B125" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C125" t="s">
         <v>374</v>
       </c>
       <c r="D125" t="s">
         <v>80</v>
       </c>
       <c r="E125" t="s">
         <v>359</v>
       </c>
       <c r="F125" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G125" t="s">
         <v>61</v>
       </c>
       <c r="H125">
         <v>2007</v>
       </c>
       <c r="I125">
         <v>2012</v>
       </c>
       <c r="J125" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="M125" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="P125" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B126" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C126" t="s">
         <v>374</v>
       </c>
       <c r="D126" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E126" t="s">
         <v>359</v>
       </c>
       <c r="F126" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G126" t="s">
         <v>61</v>
       </c>
       <c r="H126">
         <v>2013</v>
       </c>
       <c r="I126">
         <v>2014</v>
       </c>
       <c r="J126" t="s">
         <v>67</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="M126" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="P126" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B127" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C127" t="s">
         <v>374</v>
       </c>
       <c r="D127" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E127" t="s">
         <v>359</v>
       </c>
       <c r="F127" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G127" t="s">
         <v>61</v>
       </c>
       <c r="H127">
         <v>2008</v>
       </c>
       <c r="I127">
         <v>2012</v>
       </c>
       <c r="J127" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="M127" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N127" t="s">
         <v>76</v>
       </c>
       <c r="O127" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="P127" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B128" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C128" t="s">
         <v>374</v>
       </c>
       <c r="D128" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E128" t="s">
         <v>359</v>
       </c>
       <c r="F128" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G128" t="s">
         <v>61</v>
       </c>
       <c r="H128">
         <v>2008</v>
       </c>
       <c r="I128">
         <v>2012</v>
       </c>
       <c r="J128" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="M128" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N128" t="s">
         <v>76</v>
       </c>
       <c r="O128" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="P128" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B129" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C129" t="s">
         <v>374</v>
       </c>
       <c r="D129" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E129" t="s">
         <v>359</v>
       </c>
       <c r="F129" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G129" t="s">
         <v>61</v>
       </c>
       <c r="H129">
         <v>2008</v>
       </c>
       <c r="I129">
         <v>2009</v>
       </c>
       <c r="J129" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="M129" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="P129" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B130" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C130" t="s">
         <v>374</v>
       </c>
       <c r="D130" t="s">
         <v>47</v>
       </c>
       <c r="E130" t="s">
         <v>359</v>
       </c>
       <c r="F130" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G130" t="s">
         <v>61</v>
       </c>
       <c r="H130">
         <v>1994</v>
       </c>
       <c r="I130">
         <v>2012</v>
       </c>
       <c r="J130" t="s">
         <v>67</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="M130" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="P130" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B131" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C131" t="s">
         <v>374</v>
       </c>
       <c r="D131" t="s">
         <v>135</v>
       </c>
       <c r="E131" t="s">
         <v>359</v>
       </c>
       <c r="F131" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G131" t="s">
         <v>61</v>
       </c>
       <c r="H131">
         <v>2008</v>
       </c>
       <c r="I131">
         <v>2012</v>
       </c>
       <c r="J131" t="s">
         <v>67</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="M131" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="P131" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B132" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C132" t="s">
         <v>374</v>
       </c>
       <c r="D132" t="s">
         <v>47</v>
       </c>
       <c r="E132" t="s">
         <v>359</v>
       </c>
       <c r="F132" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G132" t="s">
         <v>61</v>
       </c>
       <c r="H132">
         <v>2009</v>
       </c>
       <c r="I132">
         <v>2012</v>
       </c>
       <c r="J132" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="M132" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="P132" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B133" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C133" t="s">
         <v>374</v>
       </c>
       <c r="D133" t="s">
         <v>181</v>
       </c>
       <c r="E133" t="s">
         <v>359</v>
       </c>
       <c r="F133" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G133" t="s">
         <v>61</v>
       </c>
       <c r="H133">
         <v>2009</v>
       </c>
       <c r="I133">
         <v>2012</v>
       </c>
       <c r="J133" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="M133" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="P133" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B134" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C134" t="s">
         <v>374</v>
       </c>
       <c r="D134" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E134" t="s">
         <v>359</v>
       </c>
       <c r="F134" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2011</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="M134" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="P134" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B135" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C135" t="s">
         <v>374</v>
       </c>
       <c r="D135" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="E135" t="s">
         <v>359</v>
       </c>
       <c r="F135" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G135" t="s">
         <v>61</v>
       </c>
       <c r="H135">
         <v>2010</v>
       </c>
       <c r="I135">
         <v>2012</v>
       </c>
       <c r="J135" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="M135" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="P135" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B136" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C136" t="s">
         <v>374</v>
       </c>
       <c r="D136" t="s">
         <v>206</v>
       </c>
       <c r="E136" t="s">
         <v>359</v>
       </c>
       <c r="F136" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G136" t="s">
         <v>61</v>
       </c>
       <c r="H136">
         <v>2010</v>
       </c>
       <c r="I136">
         <v>2012</v>
       </c>
       <c r="J136" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="M136" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="P136" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B137" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C137" t="s">
         <v>374</v>
       </c>
       <c r="D137" t="s">
         <v>181</v>
       </c>
       <c r="E137" t="s">
         <v>359</v>
       </c>
       <c r="F137" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2015</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
         <v>67</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="M137" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="P137"/>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B138" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C138" t="s">
         <v>374</v>
       </c>
       <c r="D138" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="E138" t="s">
         <v>359</v>
       </c>
       <c r="F138" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G138" t="s">
         <v>61</v>
       </c>
       <c r="H138">
         <v>2011</v>
       </c>
       <c r="I138">
         <v>2022</v>
       </c>
       <c r="J138" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K138" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="L138" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="M138" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N138" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="O138" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="P138" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B139" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C139" t="s">
         <v>374</v>
       </c>
       <c r="D139" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E139" t="s">
         <v>359</v>
       </c>
       <c r="F139" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2013</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>67</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="M139" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="P139"/>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B140" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C140" t="s">
         <v>46</v>
       </c>
       <c r="D140" t="s">
         <v>311</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>61</v>
       </c>
       <c r="H140">
         <v>2007</v>
       </c>
       <c r="I140">
         <v>2011</v>
       </c>
       <c r="J140" t="s">
         <v>48</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="M140" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="P140" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B141" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C141" t="s">
         <v>46</v>
       </c>
       <c r="D141" t="s">
         <v>135</v>
       </c>
       <c r="E141" t="s">
         <v>359</v>
       </c>
       <c r="F141" t="s">
         <v>33</v>
       </c>
       <c r="G141" t="s">
         <v>61</v>
       </c>
       <c r="H141">
         <v>2006</v>
       </c>
       <c r="I141">
         <v>2006</v>
       </c>
       <c r="J141" t="s">
         <v>48</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N141" t="s">
         <v>76</v>
       </c>
       <c r="O141" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="P141"/>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B142" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C142" t="s">
         <v>46</v>
       </c>
       <c r="D142" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>61</v>
       </c>
       <c r="H142">
         <v>2006</v>
       </c>
       <c r="I142">
         <v>2015</v>
       </c>
       <c r="J142" t="s">
         <v>48</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
         <v>49</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="P142" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B143" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C143" t="s">
         <v>46</v>
       </c>
       <c r="D143" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>33</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2016</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
         <v>48</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="P143" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B144" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C144" t="s">
         <v>46</v>
       </c>
       <c r="D144" t="s">
         <v>145</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>33</v>
       </c>
       <c r="G144" t="s">
         <v>61</v>
       </c>
       <c r="H144">
         <v>2016</v>
       </c>
       <c r="I144">
         <v>2016</v>
       </c>
       <c r="J144" t="s">
         <v>48</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="P144" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B145" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C145" t="s">
         <v>46</v>
       </c>
       <c r="D145" t="s">
         <v>218</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>55</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2014</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>48</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
         <v>49</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="P145" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B146" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C146" t="s">
         <v>46</v>
       </c>
       <c r="D146" t="s">
         <v>322</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>33</v>
       </c>
       <c r="G146" t="s">
         <v>61</v>
       </c>
       <c r="H146">
         <v>2012</v>
       </c>
       <c r="I146">
         <v>2013</v>
       </c>
       <c r="J146" t="s">
         <v>48</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="M146" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="P146" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B147" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C147" t="s">
         <v>46</v>
       </c>
       <c r="D147" t="s">
         <v>122</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>61</v>
       </c>
       <c r="H147">
         <v>1986</v>
       </c>
       <c r="I147">
         <v>2012</v>
       </c>
       <c r="J147" t="s">
         <v>48</v>
       </c>
       <c r="K147" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="P147" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B148" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C148" t="s">
         <v>46</v>
       </c>
       <c r="D148" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>33</v>
       </c>
       <c r="G148" t="s">
         <v>61</v>
       </c>
       <c r="H148">
         <v>1986</v>
       </c>
       <c r="I148">
         <v>2014</v>
       </c>
       <c r="J148" t="s">
         <v>48</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="P148" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B149" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C149" t="s">
         <v>46</v>
       </c>
       <c r="D149" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>2004</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
         <v>48</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="P149" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B150" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C150" t="s">
         <v>31</v>
       </c>
       <c r="D150" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>33</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2019</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
         <v>340</v>
       </c>
       <c r="K150" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
         <v>35</v>
       </c>
       <c r="N150" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="O150" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="P150" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B151" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C151" t="s">
         <v>374</v>
       </c>
       <c r="D151" t="s">
         <v>197</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>33</v>
       </c>
       <c r="G151" t="s">
         <v>61</v>
       </c>
       <c r="H151">
         <v>2000</v>
       </c>
       <c r="I151">
         <v>2014</v>
       </c>
       <c r="J151" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="M151" t="s">
         <v>378</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="P151" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B152" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C152" t="s">
         <v>374</v>
       </c>
       <c r="D152" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>33</v>
       </c>
       <c r="G152" t="s">
         <v>61</v>
       </c>
       <c r="H152">
         <v>1997</v>
       </c>
       <c r="I152">
         <v>2014</v>
       </c>
       <c r="J152" t="s">
         <v>387</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="M152" t="s">
         <v>378</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="P152" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B153" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C153" t="s">
         <v>374</v>
       </c>
       <c r="D153" t="s">
         <v>375</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
         <v>2011</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K153" t="s">
         <v>123</v>
       </c>
       <c r="L153" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="M153" t="s">
         <v>378</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="P153" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B154" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C154" t="s">
         <v>374</v>
       </c>
       <c r="D154" t="s">
-        <v>197</v>
+        <v>60</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H154">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I154"/>
       <c r="J154" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="M154" t="s">
         <v>378</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="P154" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B155" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C155" t="s">
         <v>374</v>
       </c>
       <c r="D155" t="s">
-        <v>803</v>
+        <v>47</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G155" t="s">
-        <v>61</v>
+        <v>804</v>
       </c>
       <c r="H155">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="I155">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="J155" t="s">
         <v>387</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="M155" t="s">
         <v>378</v>
       </c>
       <c r="N155" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="O155" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="P155" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B156" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C156" t="s">
         <v>374</v>
       </c>
       <c r="D156" t="s">
-        <v>60</v>
+        <v>669</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G156" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H156">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>513</v>
+        <v>387</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="M156" t="s">
         <v>378</v>
       </c>
       <c r="N156" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="O156" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="P156" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B157" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C157" t="s">
         <v>374</v>
       </c>
       <c r="D157" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G157" t="s">
         <v>61</v>
       </c>
       <c r="H157">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="I157">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="J157" t="s">
-        <v>387</v>
+        <v>514</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="M157" t="s">
         <v>378</v>
       </c>
       <c r="N157" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="P157" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B158" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C158" t="s">
         <v>374</v>
       </c>
       <c r="D158" t="s">
-        <v>668</v>
+        <v>591</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G158" t="s">
         <v>61</v>
       </c>
       <c r="H158">
         <v>2008</v>
       </c>
-      <c r="I158"/>
+      <c r="I158">
+        <v>2014</v>
+      </c>
       <c r="J158" t="s">
         <v>387</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="M158" t="s">
         <v>378</v>
       </c>
       <c r="N158" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="P158" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B159" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C159" t="s">
         <v>374</v>
       </c>
       <c r="D159" t="s">
         <v>19</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
         <v>61</v>
       </c>
       <c r="H159">
         <v>1995</v>
       </c>
       <c r="I159">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="J159" t="s">
-        <v>513</v>
+        <v>67</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M159" t="s">
         <v>378</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="P159" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B160" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C160" t="s">
         <v>374</v>
       </c>
       <c r="D160" t="s">
-        <v>590</v>
+        <v>830</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H160">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I160"/>
       <c r="J160" t="s">
         <v>387</v>
       </c>
       <c r="K160" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="L160" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="M160" t="s">
         <v>378</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="P160" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="B161" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="C161" t="s">
         <v>374</v>
       </c>
       <c r="D161" t="s">
         <v>19</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>61</v>
       </c>
       <c r="H161">
         <v>1995</v>
       </c>
       <c r="I161">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J161" t="s">
-        <v>67</v>
+        <v>387</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
-      <c r="L161" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L161"/>
       <c r="M161" t="s">
         <v>378</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="P161" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B162" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C162" t="s">
         <v>374</v>
       </c>
       <c r="D162" t="s">
-        <v>839</v>
+        <v>449</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>387</v>
+        <v>514</v>
       </c>
       <c r="K162" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="L162" t="s">
         <v>840</v>
       </c>
       <c r="M162" t="s">
         <v>378</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
         <v>841</v>
       </c>
       <c r="P162" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
         <v>843</v>
       </c>
       <c r="B163" t="s">
         <v>844</v>
       </c>
       <c r="C163" t="s">
         <v>374</v>
       </c>
       <c r="D163" t="s">
-        <v>19</v>
+        <v>322</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H163">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I163"/>
       <c r="J163" t="s">
-        <v>387</v>
+        <v>514</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
-      <c r="L163"/>
+      <c r="L163" t="s">
+        <v>845</v>
+      </c>
       <c r="M163" t="s">
         <v>378</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="P163" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B164" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C164" t="s">
-        <v>374</v>
+        <v>46</v>
       </c>
       <c r="D164" t="s">
-        <v>448</v>
+        <v>305</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>33</v>
       </c>
       <c r="G164" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H164">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I164"/>
+        <v>2011</v>
+      </c>
+      <c r="I164">
+        <v>2011</v>
+      </c>
       <c r="J164" t="s">
-        <v>513</v>
+        <v>48</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="M164" t="s">
-        <v>378</v>
+        <v>733</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="P164" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B165" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C165" t="s">
-        <v>374</v>
+        <v>855</v>
       </c>
       <c r="D165" t="s">
-        <v>322</v>
+        <v>856</v>
       </c>
       <c r="E165" t="s">
-        <v>20</v>
+        <v>359</v>
       </c>
       <c r="F165" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>513</v>
+        <v>387</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="M165" t="s">
-        <v>378</v>
+        <v>858</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>855</v>
-[...3 lines deleted...]
-      </c>
+        <v>859</v>
+      </c>
+      <c r="P165"/>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="B166" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="C166" t="s">
-        <v>46</v>
+        <v>855</v>
       </c>
       <c r="D166" t="s">
-        <v>305</v>
+        <v>333</v>
       </c>
       <c r="E166" t="s">
-        <v>20</v>
+        <v>359</v>
       </c>
       <c r="F166" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="G166" t="s">
         <v>61</v>
       </c>
       <c r="H166">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I166">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="J166" t="s">
-        <v>48</v>
+        <v>862</v>
       </c>
       <c r="K166" t="s">
-        <v>24</v>
+        <v>863</v>
       </c>
       <c r="L166" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="M166" t="s">
-        <v>732</v>
+        <v>858</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="P166" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="B167" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="C167" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D167" t="s">
-        <v>865</v>
+        <v>333</v>
       </c>
       <c r="E167" t="s">
         <v>359</v>
       </c>
       <c r="F167" t="s">
         <v>33</v>
       </c>
       <c r="G167" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H167">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I167"/>
+        <v>2013</v>
+      </c>
+      <c r="I167">
+        <v>2015</v>
+      </c>
       <c r="J167" t="s">
-        <v>387</v>
+        <v>862</v>
       </c>
       <c r="K167" t="s">
-        <v>24</v>
+        <v>863</v>
       </c>
       <c r="L167" t="s">
+        <v>869</v>
+      </c>
+      <c r="M167" t="s">
+        <v>858</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>870</v>
+      </c>
+      <c r="P167" t="s">
         <v>866</v>
       </c>
-      <c r="M167" t="s">
-[...8 lines deleted...]
-      <c r="P167"/>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="B168" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C168" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D168" t="s">
-        <v>333</v>
+        <v>873</v>
       </c>
       <c r="E168" t="s">
         <v>359</v>
       </c>
       <c r="F168" t="s">
         <v>55</v>
       </c>
       <c r="G168" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H168">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I168"/>
       <c r="J168" t="s">
-        <v>871</v>
+        <v>862</v>
       </c>
       <c r="K168" t="s">
-        <v>872</v>
+        <v>24</v>
       </c>
       <c r="L168" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="M168" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="P168" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B169" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C169" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D169" t="s">
-        <v>333</v>
+        <v>830</v>
       </c>
       <c r="E169" t="s">
-        <v>359</v>
+        <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="G169" t="s">
         <v>61</v>
       </c>
       <c r="H169">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I169">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J169" t="s">
-        <v>871</v>
+        <v>387</v>
       </c>
       <c r="K169" t="s">
-        <v>872</v>
+        <v>863</v>
       </c>
       <c r="L169" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="M169" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="P169" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="B170" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C170" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D170" t="s">
-        <v>882</v>
+        <v>830</v>
       </c>
       <c r="E170" t="s">
         <v>359</v>
       </c>
       <c r="F170" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="G170" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H170">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I170"/>
+        <v>2015</v>
+      </c>
+      <c r="I170">
+        <v>2017</v>
+      </c>
       <c r="J170" t="s">
-        <v>871</v>
+        <v>387</v>
       </c>
       <c r="K170" t="s">
-        <v>24</v>
+        <v>863</v>
       </c>
       <c r="L170" t="s">
         <v>883</v>
       </c>
       <c r="M170" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
         <v>884</v>
       </c>
       <c r="P170" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
+        <v>885</v>
+      </c>
+      <c r="B171" t="s">
         <v>886</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D171" t="s">
-        <v>839</v>
+        <v>107</v>
       </c>
       <c r="E171" t="s">
-        <v>20</v>
+        <v>359</v>
       </c>
       <c r="F171" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="G171" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H171">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I171"/>
       <c r="J171" t="s">
         <v>387</v>
       </c>
       <c r="K171" t="s">
-        <v>872</v>
+        <v>24</v>
       </c>
       <c r="L171" t="s">
+        <v>887</v>
+      </c>
+      <c r="M171" t="s">
+        <v>858</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
         <v>888</v>
       </c>
-      <c r="M171" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P171" t="s">
-        <v>890</v>
+        <v>881</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="B172" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="C172" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D172" t="s">
-        <v>839</v>
+        <v>107</v>
       </c>
       <c r="E172" t="s">
         <v>359</v>
       </c>
       <c r="F172" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="G172" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H172">
         <v>2015</v>
       </c>
-      <c r="I172">
-[...1 lines deleted...]
-      </c>
+      <c r="I172"/>
       <c r="J172" t="s">
-        <v>387</v>
+        <v>862</v>
       </c>
       <c r="K172" t="s">
-        <v>872</v>
+        <v>24</v>
       </c>
       <c r="L172" t="s">
+        <v>891</v>
+      </c>
+      <c r="M172" t="s">
+        <v>858</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
         <v>892</v>
       </c>
-      <c r="M172" t="s">
-[...5 lines deleted...]
-      <c r="O172" t="s">
+      <c r="P172" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
         <v>894</v>
       </c>
       <c r="B173" t="s">
         <v>895</v>
       </c>
       <c r="C173" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D173" t="s">
-        <v>107</v>
+        <v>157</v>
       </c>
       <c r="E173" t="s">
         <v>359</v>
       </c>
       <c r="F173" t="s">
         <v>33</v>
       </c>
       <c r="G173" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H173">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I173"/>
+        <v>2011</v>
+      </c>
+      <c r="I173">
+        <v>2021</v>
+      </c>
       <c r="J173" t="s">
         <v>387</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173" t="s">
         <v>896</v>
       </c>
       <c r="M173" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
         <v>897</v>
       </c>
       <c r="P173" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B174" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C174" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D174" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="E174" t="s">
         <v>359</v>
       </c>
       <c r="F174" t="s">
         <v>55</v>
       </c>
       <c r="G174" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H174">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I174"/>
+        <v>2002</v>
+      </c>
+      <c r="I174">
+        <v>2021</v>
+      </c>
       <c r="J174" t="s">
-        <v>871</v>
+        <v>387</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="M174" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="P174" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B175" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C175" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D175" t="s">
-        <v>157</v>
+        <v>906</v>
       </c>
       <c r="E175" t="s">
         <v>359</v>
       </c>
       <c r="F175" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="G175" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H175">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I175">
         <v>2021</v>
       </c>
+      <c r="I175"/>
       <c r="J175" t="s">
         <v>387</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
       <c r="L175" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="M175" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="P175" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="B176" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C176" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D176" t="s">
-        <v>60</v>
+        <v>912</v>
       </c>
       <c r="E176" t="s">
         <v>359</v>
       </c>
       <c r="F176" t="s">
         <v>55</v>
       </c>
       <c r="G176" t="s">
-        <v>61</v>
+        <v>913</v>
       </c>
       <c r="H176">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I176">
         <v>2021</v>
       </c>
+      <c r="I176"/>
       <c r="J176" t="s">
         <v>387</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="M176" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="P176" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="B177" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="C177" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D177" t="s">
-        <v>915</v>
+        <v>166</v>
       </c>
       <c r="E177" t="s">
         <v>359</v>
       </c>
       <c r="F177" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="G177" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H177">
+        <v>2011</v>
+      </c>
+      <c r="I177">
         <v>2021</v>
       </c>
-      <c r="I177"/>
       <c r="J177" t="s">
         <v>387</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177" t="s">
-        <v>916</v>
+        <v>896</v>
       </c>
       <c r="M177" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="P177" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B178" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="C178" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D178" t="s">
-        <v>921</v>
+        <v>60</v>
       </c>
       <c r="E178" t="s">
         <v>359</v>
       </c>
       <c r="F178" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="G178" t="s">
-        <v>922</v>
+        <v>61</v>
       </c>
       <c r="H178">
+        <v>2011</v>
+      </c>
+      <c r="I178">
         <v>2021</v>
       </c>
-      <c r="I178"/>
       <c r="J178" t="s">
         <v>387</v>
       </c>
       <c r="K178" t="s">
         <v>24</v>
       </c>
       <c r="L178" t="s">
         <v>923</v>
       </c>
       <c r="M178" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
         <v>924</v>
       </c>
       <c r="P178" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
         <v>926</v>
       </c>
       <c r="B179" t="s">
         <v>927</v>
       </c>
       <c r="C179" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D179" t="s">
-        <v>166</v>
+        <v>89</v>
       </c>
       <c r="E179" t="s">
         <v>359</v>
       </c>
       <c r="F179" t="s">
         <v>33</v>
       </c>
       <c r="G179" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H179">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I179">
         <v>2021</v>
       </c>
+      <c r="I179"/>
       <c r="J179" t="s">
         <v>387</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="M179" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="P179" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B180" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C180" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D180" t="s">
-        <v>60</v>
+        <v>912</v>
       </c>
       <c r="E180" t="s">
         <v>359</v>
       </c>
       <c r="F180" t="s">
-        <v>33</v>
+        <v>933</v>
       </c>
       <c r="G180" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H180">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I180">
         <v>2021</v>
       </c>
+      <c r="I180"/>
       <c r="J180" t="s">
         <v>387</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="M180" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="P180" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B181" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C181" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D181" t="s">
-        <v>89</v>
+        <v>157</v>
       </c>
       <c r="E181" t="s">
         <v>359</v>
       </c>
       <c r="F181" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="G181" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H181">
+        <v>2002</v>
+      </c>
+      <c r="I181">
         <v>2021</v>
       </c>
-      <c r="I181"/>
       <c r="J181" t="s">
         <v>387</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="M181" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="P181" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B182" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C182" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D182" t="s">
-        <v>921</v>
+        <v>166</v>
       </c>
       <c r="E182" t="s">
         <v>359</v>
       </c>
       <c r="F182" t="s">
-        <v>942</v>
+        <v>55</v>
       </c>
       <c r="G182" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H182">
+        <v>2002</v>
+      </c>
+      <c r="I182">
         <v>2021</v>
       </c>
-      <c r="I182"/>
       <c r="J182" t="s">
         <v>387</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182" t="s">
-        <v>923</v>
+        <v>943</v>
       </c>
       <c r="M182" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="P182" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B183" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C183" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D183" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="E183" t="s">
         <v>359</v>
       </c>
       <c r="F183" t="s">
         <v>55</v>
       </c>
       <c r="G183" t="s">
         <v>61</v>
       </c>
       <c r="H183">
         <v>2002</v>
       </c>
       <c r="I183">
         <v>2021</v>
       </c>
       <c r="J183" t="s">
         <v>387</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="M183" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="P183" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B184" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C184" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D184" t="s">
-        <v>166</v>
+        <v>953</v>
       </c>
       <c r="E184" t="s">
         <v>359</v>
       </c>
       <c r="F184" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="G184" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H184">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I184">
         <v>2021</v>
       </c>
+      <c r="I184"/>
       <c r="J184" t="s">
         <v>387</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="M184" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>953</v>
-[...3 lines deleted...]
-      </c>
+        <v>955</v>
+      </c>
+      <c r="P184"/>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="B185" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="C185" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D185" t="s">
-        <v>181</v>
+        <v>953</v>
       </c>
       <c r="E185" t="s">
         <v>359</v>
       </c>
       <c r="F185" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="G185" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H185">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I185">
         <v>2021</v>
       </c>
+      <c r="I185"/>
       <c r="J185" t="s">
         <v>387</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="M185" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>958</v>
-[...3 lines deleted...]
-      </c>
+        <v>956</v>
+      </c>
+      <c r="P185"/>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="B186" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="C186" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D186" t="s">
-        <v>962</v>
+        <v>54</v>
       </c>
       <c r="E186" t="s">
         <v>359</v>
       </c>
       <c r="F186" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
         <v>387</v>
       </c>
       <c r="K186" t="s">
-        <v>24</v>
+        <v>959</v>
       </c>
       <c r="L186" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="M186" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>964</v>
-[...1 lines deleted...]
-      <c r="P186"/>
+        <v>961</v>
+      </c>
+      <c r="P186" t="s">
+        <v>962</v>
+      </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="B187" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="C187" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D187" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E187" t="s">
         <v>359</v>
       </c>
       <c r="F187" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
         <v>387</v>
       </c>
       <c r="K187" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>966</v>
+      </c>
+      <c r="L187"/>
       <c r="M187" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>965</v>
-[...1 lines deleted...]
-      <c r="P187"/>
+        <v>967</v>
+      </c>
+      <c r="P187" t="s">
+        <v>968</v>
+      </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="B188" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="C188" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D188" t="s">
         <v>54</v>
       </c>
       <c r="E188" t="s">
         <v>359</v>
       </c>
       <c r="F188" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="G188" t="s">
         <v>22</v>
       </c>
       <c r="H188">
         <v>2022</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
         <v>387</v>
       </c>
       <c r="K188" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="L188" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="M188" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="P188" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="B189" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="C189" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D189" t="s">
-        <v>974</v>
+        <v>965</v>
       </c>
       <c r="E189" t="s">
         <v>359</v>
       </c>
       <c r="F189" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
         <v>2022</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>387</v>
       </c>
       <c r="K189" t="s">
-        <v>975</v>
-[...1 lines deleted...]
-      <c r="L189"/>
+        <v>977</v>
+      </c>
+      <c r="L189" t="s">
+        <v>978</v>
+      </c>
       <c r="M189" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="P189" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="B190" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="C190" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D190" t="s">
-        <v>54</v>
+        <v>965</v>
       </c>
       <c r="E190" t="s">
         <v>359</v>
       </c>
       <c r="F190" t="s">
         <v>33</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
         <v>2022</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
         <v>387</v>
       </c>
       <c r="K190" t="s">
-        <v>980</v>
+        <v>24</v>
       </c>
       <c r="L190" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="M190" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="P190" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B191" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C191" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D191" t="s">
-        <v>974</v>
+        <v>122</v>
       </c>
       <c r="E191" t="s">
         <v>359</v>
       </c>
       <c r="F191" t="s">
-        <v>33</v>
+        <v>360</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
-        <v>387</v>
+        <v>862</v>
       </c>
       <c r="K191" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="L191" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="M191" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="P191" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="B192" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C192" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D192" t="s">
-        <v>974</v>
+        <v>358</v>
       </c>
       <c r="E192" t="s">
         <v>359</v>
       </c>
       <c r="F192" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="G192" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H192">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I192"/>
+        <v>2012</v>
+      </c>
+      <c r="I192">
+        <v>2015</v>
+      </c>
       <c r="J192" t="s">
-        <v>387</v>
+        <v>862</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="M192" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="P192" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="B193" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C193" t="s">
-        <v>864</v>
+        <v>999</v>
       </c>
       <c r="D193" t="s">
-        <v>122</v>
+        <v>60</v>
       </c>
       <c r="E193" t="s">
-        <v>359</v>
+        <v>20</v>
       </c>
       <c r="F193" t="s">
-        <v>360</v>
+        <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H193">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I193"/>
+        <v>2013</v>
+      </c>
+      <c r="I193">
+        <v>2020</v>
+      </c>
       <c r="J193" t="s">
-        <v>871</v>
+        <v>224</v>
       </c>
       <c r="K193" t="s">
-        <v>997</v>
+        <v>24</v>
       </c>
       <c r="L193" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="M193" t="s">
-        <v>867</v>
+        <v>1001</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="P193" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="B194" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="C194" t="s">
-        <v>864</v>
+        <v>999</v>
       </c>
       <c r="D194" t="s">
-        <v>358</v>
+        <v>19</v>
       </c>
       <c r="E194" t="s">
-        <v>359</v>
+        <v>20</v>
       </c>
       <c r="F194" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G194" t="s">
         <v>61</v>
       </c>
       <c r="H194">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I194">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J194" t="s">
-        <v>871</v>
+        <v>224</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="M194" t="s">
-        <v>867</v>
+        <v>1001</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="P194" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="B195" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="C195" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="D195" t="s">
-        <v>60</v>
+        <v>1011</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>21</v>
       </c>
       <c r="G195" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H195">
         <v>2013</v>
       </c>
-      <c r="I195">
-[...1 lines deleted...]
-      </c>
+      <c r="I195"/>
       <c r="J195" t="s">
-        <v>224</v>
+        <v>467</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="M195" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="P195" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="B196" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C196" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="D196" t="s">
-        <v>19</v>
+        <v>122</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>21</v>
       </c>
       <c r="G196" t="s">
         <v>61</v>
       </c>
       <c r="H196">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I196">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J196" t="s">
-        <v>224</v>
+        <v>467</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
-      <c r="L196" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L196"/>
       <c r="M196" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="P196" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="B197" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C197" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="D197" t="s">
-        <v>1020</v>
+        <v>117</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
         <v>21</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I197"/>
+        <v>2014</v>
+      </c>
+      <c r="I197">
+        <v>2019</v>
+      </c>
       <c r="J197" t="s">
-        <v>466</v>
+        <v>224</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
-      <c r="L197" t="s">
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
         <v>1021</v>
       </c>
-      <c r="M197" t="s">
-[...5 lines deleted...]
-      <c r="O197" t="s">
+      <c r="P197" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B198" t="s">
         <v>1024</v>
       </c>
-      <c r="B198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="D198" t="s">
-        <v>122</v>
+        <v>157</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
         <v>21</v>
       </c>
       <c r="G198" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H198">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I198">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J198" t="s">
-        <v>466</v>
+        <v>224</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P198" t="s">
         <v>1026</v>
-      </c>
-[...1 lines deleted...]
-        <v>1027</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B199" t="s">
         <v>1028</v>
       </c>
-      <c r="B199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="D199" t="s">
-        <v>117</v>
+        <v>197</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I199"/>
       <c r="J199" t="s">
-        <v>224</v>
+        <v>467</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
       <c r="P199" t="s">
-        <v>1031</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1032</v>
+        <v>1030</v>
       </c>
       <c r="B200" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="C200" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="D200" t="s">
-        <v>157</v>
+        <v>358</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
         <v>21</v>
       </c>
       <c r="G200" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H200">
         <v>2016</v>
       </c>
       <c r="I200">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J200" t="s">
-        <v>224</v>
+        <v>467</v>
       </c>
       <c r="K200" t="s">
         <v>24</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="P200" t="s">
-        <v>1035</v>
-[...93 lines deleted...]
-        <v>1042</v>
+        <v>1033</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">