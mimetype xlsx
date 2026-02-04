--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,1018 +12,519 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
-    <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
-[...56 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
-    <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
-[...33 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
-    <t>NOM-028-ENER-2017</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
-    <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
-[...107 lines deleted...]
-    <t>Sello FIDE No. 4113</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>NOM-021-ENER/SCFI/ECOL</t>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
-[...271 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4176 - Solar Inverters</t>
-[...16 lines deleted...]
-  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
-    <t>Standard NOM-001-ENER-2014 - Pumps</t>
-[...19 lines deleted...]
-  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1287,3663 +788,1012 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N82"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...69 lines deleted...]
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
         <v>40</v>
       </c>
-      <c r="G5">
-[...29 lines deleted...]
-      <c r="C6" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
         <v>43</v>
       </c>
-      <c r="D6" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>66</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>41</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>43</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>43</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>80</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11">
+        <v>2025</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>43</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>92</v>
+      </c>
+      <c r="F13" t="s">
+        <v>93</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" t="s">
+        <v>93</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>102</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>104</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
         <v>40</v>
       </c>
-      <c r="G8">
-[...8 lines deleted...]
-      <c r="J8" t="s">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>94</v>
+      </c>
+      <c r="K15" t="s">
+        <v>112</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>94</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...10 lines deleted...]
-      <c r="C9" t="s">
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>43</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
-[...17 lines deleted...]
-      <c r="J9" t="s">
+      <c r="K17" t="s">
+        <v>112</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>43</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>94</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>129</v>
+      </c>
+      <c r="M18" t="s">
+        <v>43</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" t="s">
+        <v>134</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...5 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>94</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...422 lines deleted...]
-      </c>
       <c r="L19" t="s">
-        <v>36</v>
+        <v>135</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="N19" t="s">
-        <v>90</v>
-[...551 lines deleted...]
-      <c r="K32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
         <v>136</v>
       </c>
-      <c r="L32" t="s">
-[...5 lines deleted...]
-      <c r="N32" t="s">
+      <c r="P19" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="33" spans="1:14">
-[...2178 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>